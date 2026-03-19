--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -51,384 +51,384 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1467/plo_312-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1467/plo_312-1990.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Pode Executivo a depositar em contas de rendimentos, os recursos disponíveis da Prefeitura."</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1468/plo_313-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1468/plo_313-1990.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Colégio de Natércia e ao Hospital Cel. José Goulart Santiago Brum."</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1469/plo_314-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1469/plo_314-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a firmar convênio ou contrato com a EMATER, e dá outras providências.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1470/plo_315-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1470/plo_315-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza a aquisição de imóveis e dá outras providências."</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1471/plo_316-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1471/plo_316-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo firmar contrato de locação e dá outras providências."</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1472/plo_317-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1472/plo_317-1990.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de salário ao pessoal da Prefeitura."</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/plo_318-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/plo_318-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza a assinatura de convênio com a Empresa Brasileira de Correios e Telégrafos."</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/plo_319-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/plo_319-1990.pdf</t>
   </si>
   <si>
     <t>"Estabelece diretrizes gerais para a elaboração do orçamento do Município para o exercício de 1991 e dá outras providências."</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1475/plo_320-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1475/plo_320-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder Subvenções e dá outras providências."</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/plo_321-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/plo_321-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder uma subvenção ao Catarinense Esporte Clube e dá outras providências."</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1477/plo_322-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1477/plo_322-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer aquisição de veículo e dá outras providências."</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1478/plo_323-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1478/plo_323-1990.pdf</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/plo_324-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/plo_324-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder reajustes de vencimentos ao pessoal da Prefeitura e dá outras providências."</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1480/plo_325-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1480/plo_325-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza a promoção da VIII Exposição Agropecuária e dá outras providências."</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/plo_326-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/plo_326-1990.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Hospital Cel. José Goulart Santiago Brum e dá outras providências."</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1482/plo_327-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1482/plo_327-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder reajuste de vencimentos ao pessoal da Prefeitura e dá outras providências."</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1483/plo_328-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1483/plo_328-1990.pdf</t>
   </si>
   <si>
     <t>"Eleva o limite para abertura de crédito suplementar."</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1484/plo_329-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1484/plo_329-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial e dá outras providências."</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1485/plo_330-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1485/plo_330-1990.pdf</t>
   </si>
   <si>
     <t>"Concede Subvenção ao LAR COMUNITÁRIO SAGRADO CORAÇÃO DE JESUS e dá outras providências."</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1486/plo_331-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1486/plo_331-1990.pdf</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1487/plo_332-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1487/plo_332-1990.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre subvenção e dá outras providências."</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1488/plo_333-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1488/plo_333-1990.pdf</t>
   </si>
   <si>
     <t>"Aprova o Orçamento Plurianual de Investimentos para o triênio 1991 a 1993."</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1489/plo_334-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1489/plo_334-1990.pdf</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1490/plo_335-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1490/plo_335-1990.pdf</t>
   </si>
   <si>
     <t>"Autorizo o Poder Executivo a fazer alienação de bens de propriedade do Município e dá outras providências."</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1491/plo_336-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1491/plo_336-1990.pdf</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1492/plo_337-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1492/plo_337-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza a assinatura de Convênio com a Secretaria de Estado da Educação de Minas Gerais."</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/plo_338-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/plo_338-1990.pdf</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1494/plo_339-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1494/plo_339-1990.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Colégio de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1495/plo_343-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1495/plo_343-1990.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder reajuste de vencimentos ao pessoal da Prefeitura e dá outras providências,"</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1496/plo_344-1990.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1496/plo_344-1990.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município de Natércia - MG para o exercício de 1991."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -735,67 +735,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1467/plo_312-1990.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1468/plo_313-1990.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1469/plo_314-1990.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1470/plo_315-1990.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1471/plo_316-1990.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1472/plo_317-1990.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/plo_318-1990.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/plo_319-1990.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1475/plo_320-1990.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/plo_321-1990.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1477/plo_322-1990.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1478/plo_323-1990.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/plo_324-1990.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1480/plo_325-1990.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/plo_326-1990.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1482/plo_327-1990.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1483/plo_328-1990.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1484/plo_329-1990.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1485/plo_330-1990.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1486/plo_331-1990.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1487/plo_332-1990.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1488/plo_333-1990.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1489/plo_334-1990.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1490/plo_335-1990.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1491/plo_336-1990.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1492/plo_337-1990.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/plo_338-1990.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1494/plo_339-1990.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1495/plo_343-1990.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1496/plo_344-1990.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1467/plo_312-1990.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1468/plo_313-1990.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1469/plo_314-1990.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1470/plo_315-1990.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1471/plo_316-1990.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1472/plo_317-1990.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/plo_318-1990.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/plo_319-1990.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1475/plo_320-1990.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/plo_321-1990.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1477/plo_322-1990.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1478/plo_323-1990.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/plo_324-1990.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1480/plo_325-1990.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/plo_326-1990.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1482/plo_327-1990.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1483/plo_328-1990.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1484/plo_329-1990.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1485/plo_330-1990.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1486/plo_331-1990.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1487/plo_332-1990.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1488/plo_333-1990.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1489/plo_334-1990.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1490/plo_335-1990.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1491/plo_336-1990.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1492/plo_337-1990.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/plo_338-1990.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1494/plo_339-1990.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1495/plo_343-1990.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1990/1496/plo_344-1990.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="113.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>