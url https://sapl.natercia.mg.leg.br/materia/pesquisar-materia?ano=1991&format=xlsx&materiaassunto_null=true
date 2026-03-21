--- v0 (2025-11-28)
+++ v1 (2026-03-21)
@@ -51,351 +51,351 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1497/plo_345-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1497/plo_345-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder reajuste de vencimentos ao pessoal da Prefeitura e dá outras providências."</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1498/plo_346-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1498/plo_346-1991.pdf</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1499/plo_347-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1499/plo_347-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a depositar em contas de rendimentos, os recursos disponíveis da Prefeitura."</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/plo_348-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/plo_348-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer aquisição de terminais telefônicos e dá outras providências."</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/plo_349-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/plo_349-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer aquisição de imóvel e dá outras providências."</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1502/plo_350-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1502/plo_350-1991.pdf</t>
   </si>
   <si>
     <t>"Concede subvenções e dá outras providências."</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1503/plo_351-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1503/plo_351-1991.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre contratação por tempo determinado, nos termos do artigo 37, inciso IX, da Constituição Federal, e dá outras providências."</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1504/plo_352-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1504/plo_352-1991.pdf</t>
   </si>
   <si>
     <t>"Dispôe sobre a alienação de bens de propriedade do Município."</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1505/plo_353-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1505/plo_353-1991.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre aquisição de Máquina de uso rodoviário."</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1506/plo_354-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1506/plo_354-1991.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção e dá outras providências."</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1507/plo_355-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1507/plo_355-1991.pdf</t>
   </si>
   <si>
     <t>"Cria a Pré-Escola Municipal "Pingo de Gente" e dá outras providências."</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1508/plo_356-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1508/plo_356-1991.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Hospital "Cel. José Goulart Santiago Brum."</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/plo_357-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/plo_357-1991.pdf</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1510/plo_358-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1510/plo_358-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo assinar contrato da comodato."</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1511/plo_359-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1511/plo_359-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município a celebrar Convênio com o Estado de Minas Gerais, representado pela Secretaria de Estado da Segurança Pública, objetivando criar meios mais adequados à manutenção da Ordem e Segurança Pública.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/plo_360-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/plo_360-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder pagamento de aluguel de casa destinada à residência ao Delegado de Polícia."</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1513/plo_361-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1513/plo_361-1991.pdf</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/plo_362-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/plo_362-1991.pdf</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1515/plo_363-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1515/plo_363-1991.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao pessoal da Prefeitura."</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1516/plo_364-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1516/plo_364-1991.pdf</t>
   </si>
   <si>
     <t>"Concede abono ao pessoal da Prefeitura."</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/plo_365-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/plo_365-1991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo assinar contrato de prestação de serviço."</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1518/plo_366-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1518/plo_366-1991.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de via pública."</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1519/plo_367-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1519/plo_367-1991.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município de Natércia, para o exercício de 1992."</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1520/plo_368-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1520/plo_368-1991.pdf</t>
   </si>
   <si>
     <t>"Aprova o Orçamento Plurianual de Investimento para o triênio de 1992 a 1994."</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1521/plo_369-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1521/plo_369-1991.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Subvenção e dá outras providências."</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1522/plo_370-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1522/plo_370-1991.pdf</t>
   </si>
   <si>
     <t>"Altera disposições da Lei Municipal nº 300/89, de 31 de outubro de 1989."</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1523/plo_371-1991.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1523/plo_371-1991.pdf</t>
   </si>
   <si>
     <t>" Concede abono salarial ao pessoal da Prefeitura."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -702,67 +702,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1497/plo_345-1991.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1498/plo_346-1991.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1499/plo_347-1991.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/plo_348-1991.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/plo_349-1991.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1502/plo_350-1991.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1503/plo_351-1991.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1504/plo_352-1991.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1505/plo_353-1991.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1506/plo_354-1991.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1507/plo_355-1991.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1508/plo_356-1991.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/plo_357-1991.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1510/plo_358-1991.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1511/plo_359-1991.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/plo_360-1991.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1513/plo_361-1991.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/plo_362-1991.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1515/plo_363-1991.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1516/plo_364-1991.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/plo_365-1991.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1518/plo_366-1991.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1519/plo_367-1991.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1520/plo_368-1991.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1521/plo_369-1991.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1522/plo_370-1991.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1523/plo_371-1991.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1497/plo_345-1991.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1498/plo_346-1991.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1499/plo_347-1991.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/plo_348-1991.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/plo_349-1991.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1502/plo_350-1991.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1503/plo_351-1991.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1504/plo_352-1991.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1505/plo_353-1991.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1506/plo_354-1991.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1507/plo_355-1991.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1508/plo_356-1991.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/plo_357-1991.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1510/plo_358-1991.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1511/plo_359-1991.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/plo_360-1991.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1513/plo_361-1991.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/plo_362-1991.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1515/plo_363-1991.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1516/plo_364-1991.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/plo_365-1991.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1518/plo_366-1991.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1519/plo_367-1991.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1520/plo_368-1991.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1521/plo_369-1991.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1522/plo_370-1991.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1991/1523/plo_371-1991.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="197.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>