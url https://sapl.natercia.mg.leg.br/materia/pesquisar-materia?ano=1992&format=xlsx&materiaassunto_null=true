--- v0 (2025-11-28)
+++ v1 (2026-03-23)
@@ -51,384 +51,384 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1525/plo_372-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1525/plo_372-1992.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao pessoal da Prefeitura."</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1526/plo_373-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1526/plo_373-1992.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Catarinense Esporte Clube."</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1527/plo_374-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1527/plo_374-1992.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Lar Comunitário Sagrado Coração de Jesus."</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1528/plo_375-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1528/plo_375-1992.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Hospital Cel. José Goulart Santiago Brum."</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1529/plo_376-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1529/plo_376-1992.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a elaborar um programa de assistência aos produtores rurais do Município."</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1530/plo_377-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1530/plo_377-1992.pdf</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1531/plo_378-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1531/plo_378-1992.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Banda de Música do Município."</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1532/plo_379-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1532/plo_379-1992.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Hospital Cel. José Goulart Santiago Brum desta cidade."</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1533/plo_380-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1533/plo_380-1992.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Catarinense Esporte Clube desta cidade."</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1534/plo_381-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1534/plo_381-1992.pdf</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1535/plo_382-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1535/plo_382-1992.pdf</t>
   </si>
   <si>
     <t>"Modifica a denominação de Via Pública da Cidade."</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1536/plo_383-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1536/plo_383-1992.pdf</t>
   </si>
   <si>
     <t>"Modifica a denominação de Via Pública da cidade."</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1537/plo_384-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1537/plo_384-1992.pdf</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1538/plo_385-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1538/plo_385-1992.pdf</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1539/plo_386-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1539/plo_386-1992.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer aquisição de um Computador para uso do serviços da Prefeitura."</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1540/plo_387-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1540/plo_387-1992.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer aquisição de um equipamento telefônico PABX para uso da Prefeitura."</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1541/plo_388-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1541/plo_388-1992.pdf</t>
   </si>
   <si>
     <t>"Concede Subvenção ao LAR COMUNITÁRIO SAGRADO CORAÇÃO DE JESUS."</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1542/plo_389-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1542/plo_389-1992.pdf</t>
   </si>
   <si>
     <t>"Concede Subvenção ao Catarinense Esporte Clube."</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/plo_390-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/plo_390-1992.pdf</t>
   </si>
   <si>
     <t>"Concede Subvenção ao Hospital CEL. José Goulart Santiago Brum."</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1544/plo_391-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1544/plo_391-1992.pdf</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1545/plo_392-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1545/plo_392-1992.pdf</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/plo_393-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/plo_393-1992.pdf</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/plo_394-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/plo_394-1992.pdf</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1548/plo_395-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1548/plo_395-1992.pdf</t>
   </si>
   <si>
     <t>"Autoriza a construção de uma ponte sob o Rio Bernardo."</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1549/plo_396-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1549/plo_396-1992.pdf</t>
   </si>
   <si>
     <t>"Autoriza a promoção das exposições Agropecuária de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1550/plo_397-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1550/plo_397-1992.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município para o exercício de 1993."</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1551/plo_398-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1551/plo_398-1992.pdf</t>
   </si>
   <si>
     <t>"Aprova o Orçamento Plurianual de Investimentos para o triênio 1993/1995."</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1552/plo_399-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1552/plo_399-1992.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre subvenção e dá outras providências."</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1553/plo_400-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1553/plo_400-1992.pdf</t>
   </si>
   <si>
     <t>"Altera a denominação de Via Pública da Cidade."</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1554/plo_401-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1554/plo_401-1992.pdf</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1555/plo_402-1992.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1555/plo_402-1992.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -732,67 +732,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1525/plo_372-1992.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1526/plo_373-1992.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1527/plo_374-1992.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1528/plo_375-1992.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1529/plo_376-1992.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1530/plo_377-1992.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1531/plo_378-1992.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1532/plo_379-1992.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1533/plo_380-1992.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1534/plo_381-1992.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1535/plo_382-1992.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1536/plo_383-1992.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1537/plo_384-1992.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1538/plo_385-1992.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1539/plo_386-1992.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1540/plo_387-1992.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1541/plo_388-1992.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1542/plo_389-1992.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/plo_390-1992.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1544/plo_391-1992.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1545/plo_392-1992.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/plo_393-1992.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/plo_394-1992.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1548/plo_395-1992.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1549/plo_396-1992.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1550/plo_397-1992.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1551/plo_398-1992.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1552/plo_399-1992.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1553/plo_400-1992.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1554/plo_401-1992.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1555/plo_402-1992.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1525/plo_372-1992.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1526/plo_373-1992.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1527/plo_374-1992.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1528/plo_375-1992.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1529/plo_376-1992.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1530/plo_377-1992.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1531/plo_378-1992.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1532/plo_379-1992.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1533/plo_380-1992.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1534/plo_381-1992.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1535/plo_382-1992.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1536/plo_383-1992.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1537/plo_384-1992.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1538/plo_385-1992.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1539/plo_386-1992.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1540/plo_387-1992.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1541/plo_388-1992.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1542/plo_389-1992.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/plo_390-1992.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1544/plo_391-1992.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1545/plo_392-1992.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/plo_393-1992.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/plo_394-1992.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1548/plo_395-1992.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1549/plo_396-1992.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1550/plo_397-1992.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1551/plo_398-1992.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1552/plo_399-1992.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1553/plo_400-1992.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1554/plo_401-1992.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1992/1555/plo_402-1992.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="95.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>