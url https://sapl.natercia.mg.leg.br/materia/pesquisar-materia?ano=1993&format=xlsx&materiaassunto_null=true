--- v0 (2025-11-28)
+++ v1 (2026-03-17)
@@ -51,642 +51,642 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1556/plo_403-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1556/plo_403-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a abrir Crédito Especial para regularizar despesa."</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1557/plo_404-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1557/plo_404-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a depositar em Conta de Rendimentos, os Recursos disponíveis da Prefeitura.."</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1558/plo_405-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1558/plo_405-1993.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao Pessoal da Prefeitura Municipal.."</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1559/plo_406-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1559/plo_406-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza a promoção das Festividades do Carnaval em Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1560/plo_407-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1560/plo_407-1993.pdf</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1561/plo_408-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1561/plo_408-1993.pdf</t>
   </si>
   <si>
     <t>"Concede Subvenção ao Lar Comunitário Sagrado Coração de Jesus."</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1562/plo_409-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1562/plo_409-1993.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Regime Jurídico Único dos Servidores do Munícipio e dá outras providências."</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1563/plo_410-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1563/plo_410-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Reconstruir o Monumento denominado "Santo Cruzeiro."</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1564/plo_411-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1564/plo_411-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a permutar Máquina de xerox e repor valor."</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1565/plo_412-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1565/plo_412-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Criação de uma Secretaria Municipal de Saúde."</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1566/plo_413-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1566/plo_413-1993.pdf</t>
   </si>
   <si>
     <t>"Institui o Conselho Municipal de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1567/plo_414-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1567/plo_414-1993.pdf</t>
   </si>
   <si>
     <t>"Institui o Fundo Municipal de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1568/plo_415-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1568/plo_415-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir um Terreno para ampliação do Cemitério Local."</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1569/plo_416-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1569/plo_416-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a permutar terreno por uma Casa Popular."</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1570/plo_417-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1570/plo_417-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer aquisição de um Equipamento - FAX para uso da Prefeitura."</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1571/plo_418-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1571/plo_418-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a realizar Eventos Cívico-Culturais, Históricos e Ambientais e Cursos de Orientação e Reciclagem de Profissionais."</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1572/plo_419-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1572/plo_419-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar parcelamento de dívida para com o Fundo de Garantia do Tempo de Serviço - FGTS e dá providências correlatas."</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1573/plo_420-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1573/plo_420-1993.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a organização administrativa da Prefeitura Municipal de Natércia - MG, e dá outras providências."</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1574/plo_421-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1574/plo_421-1993.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao Pessoal da Prefeitura Municipal."</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1575/plo_422-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1575/plo_422-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio com o Ministério de Bem-Estar Social."</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1576/plo_423-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1576/plo_423-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Celebrar Convênio com a Secretaria do Estado da Educação."</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1577/plo_424-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1577/plo_424-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a criar CONSELHO DE BEM-ESTAR SOCIAL e instituir FUNDO DE BEM-ESTAR SOCIAL."</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1578/plo_425-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1578/plo_425-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Construir, Reformar e Ampliar Casas Populares."</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1579/plo_426-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1579/plo_426-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio com a Secretaria de Estado da Habitação."</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1580/plo_427-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1580/plo_427-1993.pdf</t>
   </si>
   <si>
     <t>"Institui o Regime Jurídico Único do Servidor Público Civil do Município de Natércia e dá outras Providências.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1581/plo_428-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1581/plo_428-1993.pdf</t>
   </si>
   <si>
     <t>"Institui a Política Salarial do Pessoal do Município de Natércia, Fixa as suas Diretrizes e dá outras providências."</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1582/plo_429-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1582/plo_429-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio com o Estado de Minas Gerais."</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1583/plo_430-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1583/plo_430-1993.pdf</t>
   </si>
   <si>
     <t>"Estabelece Diretrizes Gerais para a Elaboração do Orçamento do Município para o Exercício de 1994 e dá outras providências."</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1584/plo_431-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1584/plo_431-1993.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Concessão de Aposentadoria ao Servidor Público Municipal e de Pensão por morte aos seus dependentes; Institui o Fundo de Aposentadoria e Pensão do Servidor Público Municipal ( FAPEM) e dá outras providências."</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1585/plo_432-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1585/plo_432-1993.pdf</t>
   </si>
   <si>
     <t>"Institui Conselho de Administração com a finalidade de dirigir e gerir o FAPEM."</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1586/plo_433-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1586/plo_433-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza a promoção da Exposição Agropecuária de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1587/plo_434-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1587/plo_434-1993.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao Pessoal da Prefeitura Municipal de Natércia - MG."</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1588/plo_435-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1588/plo_435-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir, por desapropriação, um imóvel."</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1589/plo_436-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1589/plo_436-1993.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao Pessoal da Prefeitura Municipal de Natércia."</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1590/plo_437-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1590/plo_437-1993.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao pessoal da Prefeitura Municipal de Natércia."</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1591/plo_438-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1591/plo_438-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio de mútua cooperação."</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1592/plo_439-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1592/plo_439-1993.pdf</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1593/plo_440-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1593/plo_440-1993.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre subvenção e dá outras providências."</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1594/plo_441-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1594/plo_441-1993.pdf</t>
   </si>
   <si>
     <t>"Eleva o limite para abertura de crédito suplementar."</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1595/plo_442-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1595/plo_442-1993.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município para o exercício de 1994."</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1596/plo_443-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1596/plo_443-1993.pdf</t>
   </si>
   <si>
     <t>"Aprova o Orçamento Plurianual de Investimento para triênio 94/96."</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1597/plo_444-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1597/plo_444-1993.pdf</t>
   </si>
   <si>
     <t>"Fixa valor de Abono Família para os dependentes dos Funcionários Públicos e dá outras providências."</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1598/plo_445-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1598/plo_445-1993.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Organização do Sistema Municipal de Proteção e Defesa do Consumidor, Institui a Secretaria Municipal de Defesa do Consumidor - PROCO, e dá outras providências."</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1599/plo_446-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1599/plo_446-1993.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Orgânica do Município de Natércia - MG e contém outras providências."</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1600/plo_447-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1600/plo_447-1993.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao pessoal da Prefeitura Municipal de Natércia - MG."</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1601/plo_448-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1601/plo_448-1993.pdf</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1602/plo_449-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1602/plo_449-1993.pdf</t>
   </si>
   <si>
     <t>"Altera e dá Nova Redação à Lei 07/80, que Dispõe sobre o Código Tributário Municipal."</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1603/plo_450-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1603/plo_450-1993.pdf</t>
   </si>
   <si>
     <t>"Disciplina o Regime Jurídico dos Funcionários Públicos do Município de Natércia - MG."</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1604/plo_451-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1604/plo_451-1993.pdf</t>
   </si>
   <si>
     <t>"Altera artigo da Lei nº 07/80 alterado pela Lei nº 60/83."</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1605/plo_452-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1605/plo_452-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a criar uma Galeria Histórico-Político-Cultural do Município de Natércia."</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1606/plo_453-1993.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1606/plo_453-1993.pdf</t>
   </si>
   <si>
     <t>"Autoriza a participação do Município de Natércia/MG, na Associação dos Município da Micro-Região do Médio Sapucaí - AMESP e contém outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -993,67 +993,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1556/plo_403-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1557/plo_404-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1558/plo_405-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1559/plo_406-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1560/plo_407-1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1561/plo_408-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1562/plo_409-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1563/plo_410-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1564/plo_411-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1565/plo_412-1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1566/plo_413-1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1567/plo_414-1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1568/plo_415-1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1569/plo_416-1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1570/plo_417-1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1571/plo_418-1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1572/plo_419-1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1573/plo_420-1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1574/plo_421-1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1575/plo_422-1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1576/plo_423-1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1577/plo_424-1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1578/plo_425-1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1579/plo_426-1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1580/plo_427-1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1581/plo_428-1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1582/plo_429-1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1583/plo_430-1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1584/plo_431-1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1585/plo_432-1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1586/plo_433-1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1587/plo_434-1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1588/plo_435-1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1589/plo_436-1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1590/plo_437-1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1591/plo_438-1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1592/plo_439-1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1593/plo_440-1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1594/plo_441-1993.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1595/plo_442-1993.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1596/plo_443-1993.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1597/plo_444-1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1598/plo_445-1993.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1599/plo_446-1993.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1600/plo_447-1993.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1601/plo_448-1993.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1602/plo_449-1993.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1603/plo_450-1993.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1604/plo_451-1993.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1605/plo_452-1993.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1606/plo_453-1993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1556/plo_403-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1557/plo_404-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1558/plo_405-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1559/plo_406-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1560/plo_407-1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1561/plo_408-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1562/plo_409-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1563/plo_410-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1564/plo_411-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1565/plo_412-1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1566/plo_413-1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1567/plo_414-1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1568/plo_415-1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1569/plo_416-1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1570/plo_417-1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1571/plo_418-1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1572/plo_419-1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1573/plo_420-1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1574/plo_421-1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1575/plo_422-1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1576/plo_423-1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1577/plo_424-1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1578/plo_425-1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1579/plo_426-1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1580/plo_427-1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1581/plo_428-1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1582/plo_429-1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1583/plo_430-1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1584/plo_431-1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1585/plo_432-1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1586/plo_433-1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1587/plo_434-1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1588/plo_435-1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1589/plo_436-1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1590/plo_437-1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1591/plo_438-1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1592/plo_439-1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1593/plo_440-1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1594/plo_441-1993.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1595/plo_442-1993.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1596/plo_443-1993.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1597/plo_444-1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1598/plo_445-1993.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1599/plo_446-1993.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1600/plo_447-1993.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1601/plo_448-1993.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1602/plo_449-1993.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1603/plo_450-1993.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1604/plo_451-1993.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1605/plo_452-1993.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1993/1606/plo_453-1993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="206.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>