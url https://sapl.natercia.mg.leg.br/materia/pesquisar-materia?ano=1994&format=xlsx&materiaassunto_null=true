--- v0 (2025-11-28)
+++ v1 (2026-03-15)
@@ -51,582 +51,582 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1607/plo_454-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1607/plo_454-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a depositar em Conta de Rendimentos, os Recursos disponíveis da Prefeitura."</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1608/plo_455-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1608/plo_455-1994.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimento ao Pessoal da Prefeitura Municipal de Natércia - MG."</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1609/plo_456-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1609/plo_456-1994.pdf</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1610/plo_457-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1610/plo_457-1994.pdf</t>
   </si>
   <si>
     <t>"Altera Artigo da Lei nº 431/93."</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1611/plo_458-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1611/plo_458-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Promoção das Festividades de Carnaval em Natéria e dá outras providências."</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1612/plo_459-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1612/plo_459-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a assinar Convênio com a EMATER."</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1613/plo_460-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1613/plo_460-1994.pdf</t>
   </si>
   <si>
     <t>"Altera Lei nº 427/93."</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1614/plo_461-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1614/plo_461-1994.pdf</t>
   </si>
   <si>
     <t>"Cria uma vaga."</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1615/plo_462-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1615/plo_462-1994.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos ao Pessoal da Prefeitura Municipal de Natércia - MG."</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1616/plo_463-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1616/plo_463-1994.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de Inspetor de alunos e dá outras providências."</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1617/plo_464-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1617/plo_464-1994.pdf</t>
   </si>
   <si>
     <t>"Revoga artigo da Lei nº 450/1993."</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1618/plo_465-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1618/plo_465-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza a construção de Pessoal para fim específico."</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1619/plo_466-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1619/plo_466-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza a contratação de mão-de-obra e contém outras providências."</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1620/plo_467-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1620/plo_467-1994.pdf</t>
   </si>
   <si>
     <t>"Cria Fundo de Apoio ao Estudante de Nível Superior e dá outras providências."</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1621/plo_468-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1621/plo_468-1994.pdf</t>
   </si>
   <si>
     <t>"Aprova assinatura de Convênio e dá outras providências."</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1622/plo_469-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1622/plo_469-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza contratação de Cirurgião Dentista."</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1623/plo_470-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1623/plo_470-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio com o Instituto Mineiro de Agropecuária."</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1624/plo_471-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1624/plo_471-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Celebrar Convênio com a Procuradoria Geral de Justiça de Minas Gerais e dá outras providências."</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1625/plo_472-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1625/plo_472-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza Dispositivos da Lei nº 431/93 e revoga a Lei nº 457/94."</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1626/plo_473-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1626/plo_473-1994.pdf</t>
   </si>
   <si>
     <t>"Declara como sendo de utilidade pública para o fim que se destina, o Núcleo Comunitário dos Amigos de Natércia."</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1627/plo_474-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1627/plo_474-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a isentar o BEMGE do ISS."</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1628/plo_475-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1628/plo_475-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio com Farmacias e Drogarias."</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1629/plo_476-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1629/plo_476-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o pagamento de verbas rescisórias de Dentista."</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1630/plo_477-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1630/plo_477-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio de mútua Cooperação."</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1631/plo_478-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1631/plo_478-1994.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Via Pública."</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1632/plo_479-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1632/plo_479-1994.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 1995 e dá outras providências."</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1633/plo_480-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1633/plo_480-1994.pdf</t>
   </si>
   <si>
     <t>"Revoga dispositivo da Lei nº 479/94."</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1634/plo_481-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1634/plo_481-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a pagar aluguel de casa de residência para o Promotor de Justiça."</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1635/plo_482-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1635/plo_482-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Conselho Administrativo do FAPEM a aplicar em conta de rendimentos os Recursos do FAPEM."</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1636/plo_483-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1636/plo_483-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a realizar contrato de Empreita."</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1637/plo_484-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1637/plo_484-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza a promoção das Festividades da Exposição Agropecuária e dá outras providências."</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1638/plo_485-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1638/plo_485-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a doar terreno à Igreja Assembleia de Deus."</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1639/plo_486-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1639/plo_486-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a vender "Em Leilão Praça Pública" uma Carreta Agrícola Bellato medindo 1,00 x 2,30 x 070 usada, em bom estado de conservação."</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1640/plo_487-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1640/plo_487-1994.pdf</t>
   </si>
   <si>
     <t>" Autoriza a Alienação de Bens pertencentes ao Patrimônio Público Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1641/plo_488-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1641/plo_488-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a assinar Termo Aditivo ao Convênio com o TRE-MG e a AMM."</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1642/plo_489-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1642/plo_489-1994.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei nº 450/93."</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1643/plo_490-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1643/plo_490-1994.pdf</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1644/plo_491-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1644/plo_491-1994.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município para o exercício de 1995 e dá outras providências."</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1645/plo_492-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1645/plo_492-1994.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre subvenção e dá outras providências."</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1646/plo_493-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1646/plo_493-1994.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual para o triênio 1995/1997 e dá outras providências."</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1647/plo_494-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1647/plo_494-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Celebrar Convênio com a CooperRita - Cooperativa Agropecuária de Santa Rita do Sapucaí - MG."</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1648/plo_495-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1648/plo_495-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de Crédito Especial."</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1649/plo_496-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1649/plo_496-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a realizar obra e ratear os gastos."</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1650/plo_497-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1650/plo_497-1994.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a abrir Crédito Especial, para fornecimento de Cesta Básica a Funcionários."</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1651/plo_498-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1651/plo_498-1994.pdf</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1652/plo_499-1994.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1652/plo_499-1994.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei nº 320/90 - LEI ORGÂNICA MUNICIPAL - e contém outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -933,67 +933,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1607/plo_454-1994.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1608/plo_455-1994.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1609/plo_456-1994.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1610/plo_457-1994.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1611/plo_458-1994.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1612/plo_459-1994.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1613/plo_460-1994.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1614/plo_461-1994.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1615/plo_462-1994.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1616/plo_463-1994.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1617/plo_464-1994.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1618/plo_465-1994.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1619/plo_466-1994.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1620/plo_467-1994.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1621/plo_468-1994.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1622/plo_469-1994.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1623/plo_470-1994.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1624/plo_471-1994.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1625/plo_472-1994.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1626/plo_473-1994.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1627/plo_474-1994.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1628/plo_475-1994.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1629/plo_476-1994.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1630/plo_477-1994.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1631/plo_478-1994.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1632/plo_479-1994.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1633/plo_480-1994.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1634/plo_481-1994.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1635/plo_482-1994.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1636/plo_483-1994.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1637/plo_484-1994.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1638/plo_485-1994.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1639/plo_486-1994.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1640/plo_487-1994.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1641/plo_488-1994.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1642/plo_489-1994.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1643/plo_490-1994.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1644/plo_491-1994.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1645/plo_492-1994.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1646/plo_493-1994.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1647/plo_494-1994.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1648/plo_495-1994.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1649/plo_496-1994.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1650/plo_497-1994.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1651/plo_498-1994.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1652/plo_499-1994.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1607/plo_454-1994.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1608/plo_455-1994.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1609/plo_456-1994.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1610/plo_457-1994.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1611/plo_458-1994.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1612/plo_459-1994.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1613/plo_460-1994.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1614/plo_461-1994.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1615/plo_462-1994.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1616/plo_463-1994.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1617/plo_464-1994.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1618/plo_465-1994.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1619/plo_466-1994.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1620/plo_467-1994.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1621/plo_468-1994.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1622/plo_469-1994.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1623/plo_470-1994.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1624/plo_471-1994.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1625/plo_472-1994.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1626/plo_473-1994.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1627/plo_474-1994.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1628/plo_475-1994.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1629/plo_476-1994.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1630/plo_477-1994.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1631/plo_478-1994.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1632/plo_479-1994.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1633/plo_480-1994.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1634/plo_481-1994.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1635/plo_482-1994.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1636/plo_483-1994.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1637/plo_484-1994.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1638/plo_485-1994.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1639/plo_486-1994.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1640/plo_487-1994.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1641/plo_488-1994.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1642/plo_489-1994.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1643/plo_490-1994.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1644/plo_491-1994.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1645/plo_492-1994.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1646/plo_493-1994.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1647/plo_494-1994.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1648/plo_495-1994.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1649/plo_496-1994.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1650/plo_497-1994.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1651/plo_498-1994.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1994/1652/plo_499-1994.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="141.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>