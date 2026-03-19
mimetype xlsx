--- v0 (2025-11-28)
+++ v1 (2026-03-19)
@@ -51,942 +51,942 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1653/plo_499-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1653/plo_499-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a promover Festividade de Carnaval em Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1654/plo_500-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1654/plo_500-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir um Lote de Terreno, para ser incorporado ao Cemitério Municipal."</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1655/plo_501-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1655/plo_501-1995.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei nº 428/93 e contém outras providências."</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1656/plo_502-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1656/plo_502-1995.pdf</t>
   </si>
   <si>
     <t>"Revoga artigo da Lei nº 275/88."</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1657/plo_503-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1657/plo_503-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Alienação de Bens pertencentes ao Patrimônio Público Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1658/plo_504-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1658/plo_504-1995.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a contratação por Tempo Determinado para atender a necessidade Temporária de excepcional interesse público, nos termos do artigo 37 - Inciso IX da Constituição Federal."</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1659/plo_505-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1659/plo_505-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a doar Terreno ao Lar Comunitário "Sagrado Coração de Jesus."</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1660/plo_506-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1660/plo_506-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza reajuste de Salário dos Funcionários públicos Municipais."</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1661/plo_507-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1661/plo_507-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a realizar Reforma no Prédio do Clube Recreativo Catarinense."</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1662/plo_508-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1662/plo_508-1995.pdf</t>
   </si>
   <si>
     <t>"Cria sistema de Diárias de Viagens e dá outras providências."</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1663/plo_509-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1663/plo_509-1995.pdf</t>
   </si>
   <si>
     <t>"Estabelece critérios para pagamento de Contribuição de Melhoria."</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1664/plo_510-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1664/plo_510-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a ceder área de terreno à Firma ICJ - Irmãos Coimbra Junqueira LTDA e dá outras providências."</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1665/plo_511-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1665/plo_511-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a assinatura de Convênio com DETEL TELEMIG e dá outras providências."</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1666/plo_512-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1666/plo_512-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir um Lote de Terreno."</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1667/plo_513-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1667/plo_513-1995.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Conselho Municipal de Política Agrícola (C.M.P.A.)."</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1668/plo_514-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1668/plo_514-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio de mútua Cooperação."</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1669/plo_515-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1669/plo_515-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a assinatura de Convênio com a DETEL/TELEMIG e dá outras providências."</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1670/plo_516-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1670/plo_516-1995.pdf</t>
   </si>
   <si>
     <t>"Estabelece diretrizes para elaboração do orçamento para o exercício de 1996 e dá outras providências."</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1671/plo_517-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1671/plo_517-1995.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei nº 463/93."</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1672/plo_518-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1672/plo_518-1995.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de Inspetor de Alunos e contém outras providências."</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1673/plo_519-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1673/plo_519-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o pagamento de Direitos Trabalhistas."</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1674/plo_520-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1674/plo_520-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a abrir Crédito Pessoal."</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1675/plo_521-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1675/plo_521-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza aquisição de Arado Agrícola e abertura de Crédito Especial."</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1676/plo_522-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1676/plo_522-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza assumir Patrimônio e Encargos do Hospital Cel. José Goulart Santiago Brum e abre Crédito Especial."</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1677/plo_523-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1677/plo_523-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza Convênio e abre Crédito Especial."</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1678/plo_524-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1678/plo_524-1995.pdf</t>
   </si>
   <si>
     <t>"Cria Cargo de Preparador Físico e dá outras providências."</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1679/plo_525-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1679/plo_525-1995.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei nº 43/83 e dá outras providências."</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1680/plo_526-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1680/plo_526-1995.pdf</t>
   </si>
   <si>
     <t>"Institui o Regime de Adiantamento."</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1681/plo_527-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1681/plo_527-1995.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos de Lei nº 425/93."</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1682/plo_528-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1682/plo_528-1995.pdf</t>
   </si>
   <si>
     <t>"Contrata Servidores para o Hospital."</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1683/plo_529-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1683/plo_529-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza pagamento de Direitos Trabalhistas."</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1684/plo_530-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1684/plo_530-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a construção de um Prédio Escolar."</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1685/plo_531-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1685/plo_531-1995.pdf</t>
   </si>
   <si>
     <t>"Cria Vaga de Técnico de Contabilidade."</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1686/plo_532-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1686/plo_532-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza Contrato de Pedreiro e dá outras providências."</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1687/plo_533-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1687/plo_533-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza distribuição de Cestas Básicas e abertura de Crédito Especial."</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1688/plo_534-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1688/plo_534-1995.pdf</t>
   </si>
   <si>
     <t>"Cria Cargo de Assessoramento Técnico de Nível Superior."</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1689/plo_535-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1689/plo_535-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza pagamento de Médicos."</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1690/plo_536-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1690/plo_536-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza distribuição de Cestas Básicas."</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1691/plo_537-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1691/plo_537-1995.pdf</t>
   </si>
   <si>
     <t>"Abertura de Crédito Especial."</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1692/plo_538-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1692/plo_538-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza mudança de repasses à EMATER - MG."</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1693/plo_539-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1693/plo_539-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a promoção das Festividades da Exposição Agropecuária e dá outras providências."</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1694/plo_540-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1694/plo_540-1995.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos das Leis nº 427/93 e nº 429/93."</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1695/plo_541-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1695/plo_541-1995.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei n° 431/93."</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1696/plo_542-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1696/plo_542-1995.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 450/93."</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1697/plo_543-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1697/plo_543-1995.pdf</t>
   </si>
   <si>
     <t>"Cria Cargo de Encarregado de Serviço de TV."</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1698/plo_544-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1698/plo_544-1995.pdf</t>
   </si>
   <si>
     <t>"Cria vagas."</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1699/plo_545-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1699/plo_545-1995.pdf</t>
   </si>
   <si>
     <t>"Aprova o Estatuto do Hospital Municipal Cel. José Goulart Santiago Brum."</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1700/plo_546-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1700/plo_546-1995.pdf</t>
   </si>
   <si>
     <t>"Prorroga validade do Concurso Público."</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1701/plo_547-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1701/plo_547-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a participar do Consórcio Intermunicipal de Saúde dos Municípios da Microrregião do Médio Sapucaí."</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1702/plo_548-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1702/plo_548-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza pagamento parcelado do 13º Salário."</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1703/plo_549-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1703/plo_549-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza assinatura de Termo Aditivo ao Convênio celebrado com a Secretaria de Estado da Fazenda."</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1704/plo_550-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1704/plo_550-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Executivo a celebrar Convênio com o COSEMS."</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1705/plo_551-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1705/plo_551-1995.pdf</t>
   </si>
   <si>
     <t>"Aprova o Estatuto do Fundo de Aposentadoria e Pensão do Servidor Público Municipal - FAPEM."</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1706/plo_552-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1706/plo_552-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Poder Executivo a ausentar-se do País…"</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1707/plo_553-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1707/plo_553-1995.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e fixa a despesa do município para o exercício de 1996 e dá outras providências."</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1708/plo_554-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1708/plo_554-1995.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual para o triênio 1996/1998 e dá outras providências."</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1709/plo_555-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1709/plo_555-1995.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre subvenção e dá outras providências."</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1710/plo_556-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1710/plo_556-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Escritura definitiva de casas e lotes..."</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1711/plo_557-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1711/plo_557-1995.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a vias públicas."</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1712/plo_558-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1712/plo_558-1995.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei n° 420/93."</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1713/plo_559-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1713/plo_559-1995.pdf</t>
   </si>
   <si>
     <t>"Cria Cargos de Atendente Comunitário Social e Telefonista Rural."</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1714/plo_560-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1714/plo_560-1995.pdf</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1715/plo_561-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1715/plo_561-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza locação de imóvel."</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1716/plo_562-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1716/plo_562-1995.pdf</t>
   </si>
   <si>
     <t>"Institui o Conselho Municipal de Assistência Social e dá outras providências."</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1717/plo_563-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1717/plo_563-1995.pdf</t>
   </si>
   <si>
     <t>"Cria o Fundo Municipal de Assistência Social e dá outras providências."</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1718/plo_564-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1718/plo_564-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza parceria da Prefeitura em Obras de Eletrificação Rural - Programa Luz de Minas..."</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1719/plo_565-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1719/plo_565-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a depositar recursos disponíveis, em conta de rendimentos."</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1720/plo_566-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1720/plo_566-1995.pdf</t>
   </si>
   <si>
     <t>"Cria Pelotão de Saúde."</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1721/plo_567-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1721/plo_567-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a implantar Programa de Combate à fome."</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1722/plo_568-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1722/plo_568-1995.pdf</t>
   </si>
   <si>
     <t>"Festa de confraternização para crianças carentes."</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1723/plo_569-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1723/plo_569-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza desmembramento de área em Lotes."</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1724/plo_570-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1724/plo_570-1995.pdf</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1725/plo_571-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1725/plo_571-1995.pdf</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1726/plo_572-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1726/plo_572-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Alienação de Bens pertencentes ao Patrimônio Publico Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1727/plo_573-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1727/plo_573-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Promoção das Festividades de Carnaval, em Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1728/plo_574-1995.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1728/plo_574-1995.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir Lote de terreno para ser incorporado ao Cemitério Municipal."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1293,67 +1293,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1653/plo_499-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1654/plo_500-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1655/plo_501-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1656/plo_502-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1657/plo_503-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1658/plo_504-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1659/plo_505-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1660/plo_506-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1661/plo_507-1995.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1662/plo_508-1995.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1663/plo_509-1995.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1664/plo_510-1995.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1665/plo_511-1995.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1666/plo_512-1995.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1667/plo_513-1995.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1668/plo_514-1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1669/plo_515-1995.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1670/plo_516-1995.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1671/plo_517-1995.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1672/plo_518-1995.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1673/plo_519-1995.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1674/plo_520-1995.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1675/plo_521-1995.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1676/plo_522-1995.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1677/plo_523-1995.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1678/plo_524-1995.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1679/plo_525-1995.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1680/plo_526-1995.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1681/plo_527-1995.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1682/plo_528-1995.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1683/plo_529-1995.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1684/plo_530-1995.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1685/plo_531-1995.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1686/plo_532-1995.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1687/plo_533-1995.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1688/plo_534-1995.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1689/plo_535-1995.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1690/plo_536-1995.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1691/plo_537-1995.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1692/plo_538-1995.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1693/plo_539-1995.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1694/plo_540-1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1695/plo_541-1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1696/plo_542-1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1697/plo_543-1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1698/plo_544-1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1699/plo_545-1995.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1700/plo_546-1995.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1701/plo_547-1995.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1702/plo_548-1995.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1703/plo_549-1995.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1704/plo_550-1995.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1705/plo_551-1995.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1706/plo_552-1995.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1707/plo_553-1995.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1708/plo_554-1995.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1709/plo_555-1995.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1710/plo_556-1995.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1711/plo_557-1995.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1712/plo_558-1995.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1713/plo_559-1995.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1714/plo_560-1995.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1715/plo_561-1995.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1716/plo_562-1995.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1717/plo_563-1995.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1718/plo_564-1995.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1719/plo_565-1995.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1720/plo_566-1995.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1721/plo_567-1995.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1722/plo_568-1995.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1723/plo_569-1995.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1724/plo_570-1995.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1725/plo_571-1995.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1726/plo_572-1995.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1727/plo_573-1995.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1728/plo_574-1995.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1653/plo_499-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1654/plo_500-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1655/plo_501-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1656/plo_502-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1657/plo_503-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1658/plo_504-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1659/plo_505-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1660/plo_506-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1661/plo_507-1995.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1662/plo_508-1995.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1663/plo_509-1995.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1664/plo_510-1995.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1665/plo_511-1995.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1666/plo_512-1995.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1667/plo_513-1995.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1668/plo_514-1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1669/plo_515-1995.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1670/plo_516-1995.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1671/plo_517-1995.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1672/plo_518-1995.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1673/plo_519-1995.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1674/plo_520-1995.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1675/plo_521-1995.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1676/plo_522-1995.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1677/plo_523-1995.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1678/plo_524-1995.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1679/plo_525-1995.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1680/plo_526-1995.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1681/plo_527-1995.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1682/plo_528-1995.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1683/plo_529-1995.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1684/plo_530-1995.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1685/plo_531-1995.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1686/plo_532-1995.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1687/plo_533-1995.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1688/plo_534-1995.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1689/plo_535-1995.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1690/plo_536-1995.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1691/plo_537-1995.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1692/plo_538-1995.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1693/plo_539-1995.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1694/plo_540-1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1695/plo_541-1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1696/plo_542-1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1697/plo_543-1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1698/plo_544-1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1699/plo_545-1995.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1700/plo_546-1995.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1701/plo_547-1995.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1702/plo_548-1995.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1703/plo_549-1995.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1704/plo_550-1995.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1705/plo_551-1995.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1706/plo_552-1995.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1707/plo_553-1995.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1708/plo_554-1995.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1709/plo_555-1995.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1710/plo_556-1995.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1711/plo_557-1995.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1712/plo_558-1995.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1713/plo_559-1995.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1714/plo_560-1995.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1715/plo_561-1995.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1716/plo_562-1995.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1717/plo_563-1995.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1718/plo_564-1995.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1719/plo_565-1995.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1720/plo_566-1995.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1721/plo_567-1995.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1722/plo_568-1995.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1723/plo_569-1995.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1724/plo_570-1995.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1725/plo_571-1995.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1726/plo_572-1995.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1727/plo_573-1995.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1995/1728/plo_574-1995.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="166.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>