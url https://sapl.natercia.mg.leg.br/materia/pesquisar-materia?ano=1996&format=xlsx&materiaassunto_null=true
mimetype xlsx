--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -51,873 +51,873 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1729/plo_570-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1729/plo_570-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a assumir o Ensino Pré-Escolar..."</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1730/plo_571-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1730/plo_571-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza celebração de Convênio e abertura de Crédito Especial..."</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1731/plo_572-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1731/plo_572-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza contratação de Cirurgião Dentista."</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1732/plo_573-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1732/plo_573-1996.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos das Lei nº 428/93 e 526/95 que institui o Regime de adiantamento e outros.."</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1733/plo_574-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1733/plo_574-1996.pdf</t>
   </si>
   <si>
     <t>"Reajusta salário de Funcionários da Prefeitura."</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1734/plo_575-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1734/plo_575-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio com a APAE e a abrir Crédito Especial."</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1735/plo_576-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1735/plo_576-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de Crédito Especial para Festejos de Carnaval."</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1736/plo_577-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1736/plo_577-1996.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial"</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1737/plo_578-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1737/plo_578-1996.pdf</t>
   </si>
   <si>
     <t>"Acrescenta dispositivo ao artigo 1º da Lei nº 509/95 - CONTRIBUIÇÃO DE MELHORIAS."</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1738/plo_579-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1738/plo_579-1996.pdf</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1739/plo_580-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1739/plo_580-1996.pdf</t>
   </si>
   <si>
     <t>"Cria a Pré-Escola Municipal D. Ana Isabel de Souza."</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1740/plo_581-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1740/plo_581-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza pagar Seguro total de veículos."</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1741/plo_582-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1741/plo_582-1996.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para pagamento do Consórcio Intermunicipal de Saúde."</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1742/plo_583-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1742/plo_583-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza Locação de Prédio do Clube Recreativo Catarinense."</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1743/plo_584-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1743/plo_584-1996.pdf</t>
   </si>
   <si>
     <t>"Mudança de denominação da Escola Municipal do Bairro da Vargem Comprida"</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1744/plo_585-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1744/plo_585-1996.pdf</t>
   </si>
   <si>
     <t>"Emenda a Lei nº 467/94 que Cria FUndo de Apoio ao Estudante de Nível Superior..."</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1745/plo_586-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1745/plo_586-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo a pagar importância referente a Contribuições Sociais ao INSS com recursos do FAPEM."</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1746/plo_587-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1746/plo_587-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a CRIAÇÃO do SERVIÇO DE ATENDIMENTO SIMPLIFICADO de Consumidores da Companhia Energética de Minas Gerais - CEMIG."</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1747/plo_588-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1747/plo_588-1996.pdf</t>
   </si>
   <si>
     <t>"Fixa normas para locação de Máquinas e Equipamentos e contém outras providências."</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1748/plo_589-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1748/plo_589-1996.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o exercício de 1997 e dá outras providências."</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1749/plo_590-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1749/plo_590-1996.pdf</t>
   </si>
   <si>
     <t>"Instalação de Micro Empresa "TOKO CONFECÇÕES"."</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1750/plo_591-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1750/plo_591-1996.pdf</t>
   </si>
   <si>
     <t>"Cria vaga de Dentista."</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1751/plo_592-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1751/plo_592-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza celebrar Convênio com o Laboratório de Análises Clínicas."</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1752/plo_593-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1752/plo_593-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza locação de Prédio à CEMIG."</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1753/plo_594-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1753/plo_594-1996.pdf</t>
   </si>
   <si>
     <t>"Instalação de Micro-Empresa no Bairro da Vargem Comprida."</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1754/plo_595-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1754/plo_595-1996.pdf</t>
   </si>
   <si>
     <t>"Cria Cargo de Assessor Jurídico de Nível Superior."</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1755/plo_596-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1755/plo_596-1996.pdf</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1756/plo_597-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1756/plo_597-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza permuta de terreno e casa de residência."</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1757/plo_598-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1757/plo_598-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza realizar comemorações da Festa da cidade e abril Crédito Especial."</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1758/plo_599-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1758/plo_599-1996.pdf</t>
   </si>
   <si>
     <t>"Altera o Artigo 12 da Lei nº 428/93."</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1759/plo_600-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1759/plo_600-1996.pdf</t>
   </si>
   <si>
     <t>"Fixa Jornada de Trabalho ao Quadro de Funcionários da Prefeitura Municipal."</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1760/plo_601-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1760/plo_601-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza construção de casa de residência em terreno da Escola "São Bernardo."</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1761/plo_602-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1761/plo_602-1996.pdf</t>
   </si>
   <si>
     <t>"Declara o CISAMESP de Utilidade Pública."</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1762/plo_603-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1762/plo_603-1996.pdf</t>
   </si>
   <si>
     <t>"Reajusta Salário dos Funcionários Públicos Municipais."</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1763/plo_604-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1763/plo_604-1996.pdf</t>
   </si>
   <si>
     <t>"Cria Cargo de Diretor Administrativo Hospitalar."</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1764/plo_605-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1764/plo_605-1996.pdf</t>
   </si>
   <si>
     <t>"Cria uma vaga no Cargo de Atendente II."</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1765/plo_606-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1765/plo_606-1996.pdf</t>
   </si>
   <si>
     <t>"Instalação de Micro-Empresa na Bairro da Chapada."</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1766/plo_607-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1766/plo_607-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza assinatura de Convênio com o Juízo Eleitoral e abertura de Crédito."</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1767/plo_608-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1767/plo_608-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza assinatura de Convênio cm o Banco do Estado de Minas Gerias - BEMGE</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1768/plo_609-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1768/plo_609-1996.pdf</t>
   </si>
   <si>
     <t>"Cria Conselho de Alimentação Escolar."</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1769/plo_610-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1769/plo_610-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adiantar recursos a Funcionários Públicos Municipais e abrir Crédito Especial."</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1770/plo_611-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1770/plo_611-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir Gleba de Terra para abertura de Ruas e abrir Crédito Especial."</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1771/plo_612-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1771/plo_612-1996.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o Conjunto Habitacional Popular Vila Guilherme."</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1772/plo_613-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1772/plo_613-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo autorizado a ceder Lotes a Famílias carentes."</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1773/plo_614-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1773/plo_614-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a vender madeira: 01 Lote de Réguas e 01 Lote de Mourões."</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1774/plo_615-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1774/plo_615-1996.pdf</t>
   </si>
   <si>
     <t>"Isenta resenceadores de ISS - Imposto Sobre Serviços de qualquer natureza."</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1775/plo_616-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1775/plo_616-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir terreno e construir Galpão para Indústria e abrir Crédito Especial."</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1776/plo_617-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1776/plo_617-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza realização de Festa da XIV Exposição Agropecuária e a abrir Crédito Especial."</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1777/plo_618-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1777/plo_618-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza venda de Ações da Cemig."</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1778/plo_619-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1778/plo_619-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza pagamento parcelado do 13º Salário aos Funcionários."</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1779/plo_620-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1779/plo_620-1996.pdf</t>
   </si>
   <si>
     <t>"Revoga dispositivos da Lei nº 610/96."</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1780/plo_621-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1780/plo_621-1996.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei nº 44/83 de 06/06/83."</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1781/plo_622-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1781/plo_622-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza construção sobre o Córrego da Chácara."</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1782/plo_623-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1782/plo_623-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza desvincular Galpão do Parque de Exposições para funcionamento de Microempresa."</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1783/plo_624-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1783/plo_624-1996.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município para o Exército de 1997."</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1784/plo_625-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1784/plo_625-1996.pdf</t>
   </si>
   <si>
     <t>"Aprova o Plano Plurianual para o Triênio de 1997/1999."</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1785/plo_626-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1785/plo_626-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza Concessão de Subvenções, Auxílios Financeiros e Contribuições e contém outras providências."</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1786/plo_627-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1786/plo_627-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Executivo a destinar Imóvel do Município para Instalar a Câmara Municipal."</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1787/plo_628-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1787/plo_628-1996.pdf</t>
   </si>
   <si>
     <t>"Transforma local em Glaleria de Prefeitos."</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1788/plo_629-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1788/plo_629-1996.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Obras Públicas."</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1789/plo_630-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1789/plo_630-1996.pdf</t>
   </si>
   <si>
     <t>"Isenta Juros e Multa no Pagamento do IPTU -  exercício de 1996."</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1790/plo_631-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1790/plo_631-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Contrato de Permissão de Uso de Prédio com a Polícia Militar."</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1791/plo_632-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1791/plo_632-1996.pdf</t>
   </si>
   <si>
     <t>"Retifica dispositivos da Lei nº 594/96."</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1792/plo_633-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1792/plo_633-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Executivo a doar Terrenos a pessoas carentes e dá outras providências.."</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1793/plo_634-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1793/plo_634-1996.pdf</t>
   </si>
   <si>
     <t>"Concede gratificação."</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1794/plo_635-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1794/plo_635-1996.pdf</t>
   </si>
   <si>
     <t>"Autoriza QUITAÇAÕ DE IMÓVEIS nos termos da Lei nº 228/87 de 15 de outubro de 1987 e dá outras providências."</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1795/plo_636-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1795/plo_636-1996.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Obra Pública.."</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1796/plo_637-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1796/plo_637-1996.pdf</t>
   </si>
   <si>
     <t>"Concede gratificação a Funcionários."</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1797/plo_638-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1797/plo_638-1996.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Vias Públicas."</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1798/plo_639-1996.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1798/plo_639-1996.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Praça Pública."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1224,67 +1224,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1729/plo_570-1996.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1730/plo_571-1996.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1731/plo_572-1996.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1732/plo_573-1996.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1733/plo_574-1996.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1734/plo_575-1996.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1735/plo_576-1996.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1736/plo_577-1996.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1737/plo_578-1996.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1738/plo_579-1996.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1739/plo_580-1996.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1740/plo_581-1996.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1741/plo_582-1996.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1742/plo_583-1996.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1743/plo_584-1996.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1744/plo_585-1996.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1745/plo_586-1996.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1746/plo_587-1996.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1747/plo_588-1996.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1748/plo_589-1996.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1749/plo_590-1996.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1750/plo_591-1996.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1751/plo_592-1996.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1752/plo_593-1996.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1753/plo_594-1996.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1754/plo_595-1996.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1755/plo_596-1996.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1756/plo_597-1996.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1757/plo_598-1996.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1758/plo_599-1996.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1759/plo_600-1996.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1760/plo_601-1996.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1761/plo_602-1996.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1762/plo_603-1996.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1763/plo_604-1996.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1764/plo_605-1996.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1765/plo_606-1996.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1766/plo_607-1996.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1767/plo_608-1996.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1768/plo_609-1996.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1769/plo_610-1996.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1770/plo_611-1996.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1771/plo_612-1996.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1772/plo_613-1996.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1773/plo_614-1996.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1774/plo_615-1996.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1775/plo_616-1996.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1776/plo_617-1996.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1777/plo_618-1996.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1778/plo_619-1996.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1779/plo_620-1996.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1780/plo_621-1996.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1781/plo_622-1996.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1782/plo_623-1996.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1783/plo_624-1996.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1784/plo_625-1996.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1785/plo_626-1996.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1786/plo_627-1996.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1787/plo_628-1996.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1788/plo_629-1996.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1789/plo_630-1996.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1790/plo_631-1996.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1791/plo_632-1996.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1792/plo_633-1996.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1793/plo_634-1996.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1794/plo_635-1996.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1795/plo_636-1996.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1796/plo_637-1996.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1797/plo_638-1996.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1798/plo_639-1996.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1729/plo_570-1996.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1730/plo_571-1996.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1731/plo_572-1996.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1732/plo_573-1996.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1733/plo_574-1996.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1734/plo_575-1996.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1735/plo_576-1996.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1736/plo_577-1996.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1737/plo_578-1996.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1738/plo_579-1996.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1739/plo_580-1996.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1740/plo_581-1996.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1741/plo_582-1996.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1742/plo_583-1996.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1743/plo_584-1996.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1744/plo_585-1996.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1745/plo_586-1996.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1746/plo_587-1996.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1747/plo_588-1996.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1748/plo_589-1996.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1749/plo_590-1996.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1750/plo_591-1996.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1751/plo_592-1996.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1752/plo_593-1996.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1753/plo_594-1996.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1754/plo_595-1996.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1755/plo_596-1996.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1756/plo_597-1996.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1757/plo_598-1996.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1758/plo_599-1996.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1759/plo_600-1996.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1760/plo_601-1996.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1761/plo_602-1996.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1762/plo_603-1996.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1763/plo_604-1996.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1764/plo_605-1996.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1765/plo_606-1996.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1766/plo_607-1996.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1767/plo_608-1996.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1768/plo_609-1996.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1769/plo_610-1996.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1770/plo_611-1996.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1771/plo_612-1996.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1772/plo_613-1996.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1773/plo_614-1996.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1774/plo_615-1996.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1775/plo_616-1996.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1776/plo_617-1996.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1777/plo_618-1996.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1778/plo_619-1996.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1779/plo_620-1996.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1780/plo_621-1996.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1781/plo_622-1996.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1782/plo_623-1996.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1783/plo_624-1996.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1784/plo_625-1996.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1785/plo_626-1996.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1786/plo_627-1996.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1787/plo_628-1996.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1788/plo_629-1996.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1789/plo_630-1996.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1790/plo_631-1996.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1791/plo_632-1996.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1792/plo_633-1996.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1793/plo_634-1996.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1794/plo_635-1996.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1795/plo_636-1996.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1796/plo_637-1996.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1797/plo_638-1996.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/1996/1798/plo_639-1996.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="140.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>