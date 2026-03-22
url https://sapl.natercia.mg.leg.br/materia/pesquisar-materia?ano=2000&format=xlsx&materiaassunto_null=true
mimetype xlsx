--- v0 (2025-11-28)
+++ v1 (2026-03-22)
@@ -51,384 +51,384 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1904/plo_746-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1904/plo_746-2000.pdf</t>
   </si>
   <si>
     <t>"Autoriza vender lotes."</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1905/plo_747-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1905/plo_747-2000.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial."</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1906/plo_748-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1906/plo_748-2000.pdf</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1907/plo_749-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1907/plo_749-2000.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio de mútua cooperação."</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1908/plo_750-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1908/plo_750-2000.pdf</t>
   </si>
   <si>
     <t>"Doa casas à famílias carentes."</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1909/plo_751-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1909/plo_751-2000.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Via Pública."</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1910/plo_752-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1910/plo_752-2000.pdf</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1911/plo_753-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1911/plo_753-2000.pdf</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1912/plo_754-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1912/plo_754-2000.pdf</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1913/plo_755-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1913/plo_755-2000.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de salário aos Funcionários Públicos Municipais."</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1914/plo_756-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1914/plo_756-2000.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para O exercício de 2001 e dá outras providências."</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1915/plo_757-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1915/plo_757-2000.pdf</t>
   </si>
   <si>
     <t>"Cria o Fundo Municipal de Habitação - FMH e Dá outras providências."</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1916/plo_758-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1916/plo_758-2000.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer seguro de vida."</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1917/plo_759-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1917/plo_759-2000.pdf</t>
   </si>
   <si>
     <t>"Autoriza desmembramento de área em lotes."</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1918/plo_760-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1918/plo_760-2000.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre instituição do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS e dá outras providências."</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1919/plo_761-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1919/plo_761-2000.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei 41/78 de 20 de Março de 1978 e dá outras providências."</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1920/plo_762-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1920/plo_762-2000.pdf</t>
   </si>
   <si>
     <t>"Autoriza doação de bens."</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1921/plo_763-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1921/plo_763-2000.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei nº 756/00 que dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2001 e dá outras providências."</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1922/plo_764-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1922/plo_764-2000.pdf</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1923/plo_765-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1923/plo_765-2000.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei nº 355/91 e Lei nº 580/96 e Cria a Educação Infantil na Escola Municipal "Nossa Senhora Aparecida" do Bairro do Atirado e na Escola Municipal "Cel. Goulart"."</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1924/plo_766-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1924/plo_766-2000.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município para o Exercício de 2001."</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1925/plo_767-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1925/plo_767-2000.pdf</t>
   </si>
   <si>
     <t>"Aprova o Plano Plurianual para o ano de 2001."</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1926/plo_768-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1926/plo_768-2000.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Subvenções, Auxílios Financeiros e Contribuições e contém outras providências."</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1927/plo_770-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1927/plo_770-2000.pdf</t>
   </si>
   <si>
     <t>"Abre crédito especial."</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1928/plo_771-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1928/plo_771-2000.pdf</t>
   </si>
   <si>
     <t>"Isenta juros e multa no pagamento do IPTU e nas melhorias de calçamento e iluminação."</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1929/plo_772-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1929/plo_772-2000.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 535/95."</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1930/plo_773-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1930/plo_773-2000.pdf</t>
   </si>
   <si>
     <t>"Autoriza doação de lotes."</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1931/plo_774-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1931/plo_774-2000.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 07/80, que dispõe sobre o Código Tributário Municipal."</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1932/plo_775-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1932/plo_775-2000.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 620/96, que dispõe sobre o Conselho de Alimentação Escolar."</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1933/plo_776-2000.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1933/plo_776-2000.pdf</t>
   </si>
   <si>
     <t>"Abre crédito suplementar."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -735,67 +735,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1904/plo_746-2000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1905/plo_747-2000.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1906/plo_748-2000.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1907/plo_749-2000.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1908/plo_750-2000.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1909/plo_751-2000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1910/plo_752-2000.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1911/plo_753-2000.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1912/plo_754-2000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1913/plo_755-2000.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1914/plo_756-2000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1915/plo_757-2000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1916/plo_758-2000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1917/plo_759-2000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1918/plo_760-2000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1919/plo_761-2000.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1920/plo_762-2000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1921/plo_763-2000.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1922/plo_764-2000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1923/plo_765-2000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1924/plo_766-2000.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1925/plo_767-2000.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1926/plo_768-2000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1927/plo_770-2000.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1928/plo_771-2000.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1929/plo_772-2000.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1930/plo_773-2000.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1931/plo_774-2000.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1932/plo_775-2000.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1933/plo_776-2000.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1904/plo_746-2000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1905/plo_747-2000.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1906/plo_748-2000.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1907/plo_749-2000.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1908/plo_750-2000.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1909/plo_751-2000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1910/plo_752-2000.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1911/plo_753-2000.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1912/plo_754-2000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1913/plo_755-2000.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1914/plo_756-2000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1915/plo_757-2000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1916/plo_758-2000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1917/plo_759-2000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1918/plo_760-2000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1919/plo_761-2000.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1920/plo_762-2000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1921/plo_763-2000.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1922/plo_764-2000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1923/plo_765-2000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1924/plo_766-2000.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1925/plo_767-2000.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1926/plo_768-2000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1927/plo_770-2000.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1928/plo_771-2000.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1929/plo_772-2000.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1930/plo_773-2000.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1931/plo_774-2000.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1932/plo_775-2000.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2000/1933/plo_776-2000.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="151.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>