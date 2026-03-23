--- v0 (2025-11-28)
+++ v1 (2026-03-23)
@@ -51,561 +51,561 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1934/plo_777-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1934/plo_777-2001.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial."</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1935/plo_778-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1935/plo_778-2001.pdf</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1936/plo_780-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1936/plo_780-2001.pdf</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1937/plo_781-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1937/plo_781-2001.pdf</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1938/plo_782-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1938/plo_782-2001.pdf</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1939/plo_783-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1939/plo_783-2001.pdf</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1940/plo_784-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1940/plo_784-2001.pdf</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1941/plo_785-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1941/plo_785-2001.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 781/2001."</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1942/plo_786-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1942/plo_786-2001.pdf</t>
   </si>
   <si>
     <t>""Abre Crédito Especial."</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1943/plo_787-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1943/plo_787-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza ceder sala."</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1944/plo_788-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1944/plo_788-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza ceder galpão."</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1945/plo_789-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1945/plo_789-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza abrir Crédito Especial."</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1946/plo_790-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1946/plo_790-2001.pdf</t>
   </si>
   <si>
     <t>"Concede abono salarial aos professores e dá outras providências."</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1947/plo_791-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1947/plo_791-2001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2002 e dá outras providências."</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1948/plo_792-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1948/plo_792-2001.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Garantia de Renda Mínima associado a ações socioeducativas, e determina outras providências. - "Bolsa Escola."</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1949/plo_793-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1949/plo_793-2001.pdf</t>
   </si>
   <si>
     <t>"Altera salários de cargos comissionados."</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1950/plo_794-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1950/plo_794-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza desmembramento de área em lotes."</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1951/plo_795-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1951/plo_795-2001.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Saúde da Família - PSF, e dá outras providências."</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1952/plo_796-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1952/plo_796-2001.pdf</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1953/plo_797-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1953/plo_797-2001.pdf</t>
   </si>
   <si>
     <t>"Altera o dispositivo da Lei 780/2001."</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1954/plo_798-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1954/plo_798-2001.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Catarinense Esporte Clube."</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1955/plo_799-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1955/plo_799-2001.pdf</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1956/plo_800-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1956/plo_800-2001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a transferência de lote."</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1957/plo_801-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1957/plo_801-2001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre parcelamento da dívida junto ao INSS."</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1958/plo_802-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1958/plo_802-2001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre troca de máquina de xerox."</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1959/plo_803-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1959/plo_803-2001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Creche Municipal."</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1960/plo_804-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1960/plo_804-2001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Biblioteca Pública Municipal."</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1961/plo_805-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1961/plo_805-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer aquisição de imóvel e dá outras providências."</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1962/plo_806-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1962/plo_806-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder ajuda financeira a Rádio Clube FM."</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1963/plo_807-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1963/plo_807-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a depositar bota fora no local que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1964/plo_808-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1964/plo_808-2001.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 559/95 e concede gratificação."</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1965/plo_809-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1965/plo_809-2001.pdf</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1966/plo_810-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1966/plo_810-2001.pdf</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1967/plo_811-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1967/plo_811-2001.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para aquisição de veículos."</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1968/plo_812-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1968/plo_812-2001.pdf</t>
   </si>
   <si>
     <t>"Interdita o trânsito."</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1969/plo_813-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1969/plo_813-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza a venda de terreno."</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1970/plo_814-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1970/plo_814-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza a compra de terreno."</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1971/plo_815-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1971/plo_815-2001.pdf</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1972/plo_816-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1972/plo_816-2001.pdf</t>
   </si>
   <si>
     <t>"Cria cargos comissionados."</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1973/plo_817-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1973/plo_817-2001.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município para o Exercício de 2002."</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1974/plo_818-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1974/plo_818-2001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual período 2002/2005."</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1975/plo_819-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1975/plo_819-2001.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Subvenções, Auxílios Financeiros e Contribuições e contém outras providências."</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1976/plo_821-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1976/plo_821-2001.pdf</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1977/plo_822-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1977/plo_822-2001.pdf</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1978/plo_823-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1978/plo_823-2001.pdf</t>
   </si>
   <si>
     <t>"Declara como sendo de utilidade pública para o fim que se destina, a CAIXA ESCOLAR CEL. GOULART."</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1979/plo_824-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1979/plo_824-2001.pdf</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1981/plo_826-2001.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1981/plo_826-2001.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo das Leis 559/95 e 808/01."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -912,67 +912,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1934/plo_777-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1935/plo_778-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1936/plo_780-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1937/plo_781-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1938/plo_782-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1939/plo_783-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1940/plo_784-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1941/plo_785-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1942/plo_786-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1943/plo_787-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1944/plo_788-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1945/plo_789-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1946/plo_790-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1947/plo_791-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1948/plo_792-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1949/plo_793-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1950/plo_794-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1951/plo_795-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1952/plo_796-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1953/plo_797-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1954/plo_798-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1955/plo_799-2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1956/plo_800-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1957/plo_801-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1958/plo_802-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1959/plo_803-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1960/plo_804-2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1961/plo_805-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1962/plo_806-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1963/plo_807-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1964/plo_808-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1965/plo_809-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1966/plo_810-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1967/plo_811-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1968/plo_812-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1969/plo_813-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1970/plo_814-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1971/plo_815-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1972/plo_816-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1973/plo_817-2001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1974/plo_818-2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1975/plo_819-2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1976/plo_821-2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1977/plo_822-2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1978/plo_823-2001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1979/plo_824-2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1981/plo_826-2001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1934/plo_777-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1935/plo_778-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1936/plo_780-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1937/plo_781-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1938/plo_782-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1939/plo_783-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1940/plo_784-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1941/plo_785-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1942/plo_786-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1943/plo_787-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1944/plo_788-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1945/plo_789-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1946/plo_790-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1947/plo_791-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1948/plo_792-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1949/plo_793-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1950/plo_794-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1951/plo_795-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1952/plo_796-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1953/plo_797-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1954/plo_798-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1955/plo_799-2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1956/plo_800-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1957/plo_801-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1958/plo_802-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1959/plo_803-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1960/plo_804-2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1961/plo_805-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1962/plo_806-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1963/plo_807-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1964/plo_808-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1965/plo_809-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1966/plo_810-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1967/plo_811-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1968/plo_812-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1969/plo_813-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1970/plo_814-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1971/plo_815-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1972/plo_816-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1973/plo_817-2001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1974/plo_818-2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1975/plo_819-2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1976/plo_821-2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1977/plo_822-2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1978/plo_823-2001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1979/plo_824-2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2001/1981/plo_826-2001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="120.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>