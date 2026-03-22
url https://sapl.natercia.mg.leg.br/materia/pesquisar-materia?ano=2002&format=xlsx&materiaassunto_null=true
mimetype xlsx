--- v0 (2025-11-27)
+++ v1 (2026-03-22)
@@ -51,513 +51,513 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1980/plo_825-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1980/plo_825-2002.pdf</t>
   </si>
   <si>
     <t>"Concede gratificação a enfermeira."</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1982/plo_827-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1982/plo_827-2002.pdf</t>
   </si>
   <si>
     <t>"Autoriza a distribuição de cestas básicas e abre Crédito Especial."</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1983/plo_828-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1983/plo_828-2002.pdf</t>
   </si>
   <si>
     <t>"Concede abono salarial aos professores do Pre Escolar."</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1984/plo_829-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1984/plo_829-2002.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial."</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1985/plo_833-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1985/plo_833-2002.pdf</t>
   </si>
   <si>
     <t>"Concede abono salarial aos professores e dá outras providências."</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1986/plo_834-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1986/plo_834-2002.pdf</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1987/plo_835-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1987/plo_835-2002.pdf</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1988/plo_836-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1988/plo_836-2002.pdf</t>
   </si>
   <si>
     <t>"Cria Vagas."</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1989/plo_837-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1989/plo_837-2002.pdf</t>
   </si>
   <si>
     <t>"Cria cargos de Berçarista."</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1990/plo_838-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1990/plo_838-2002.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de Auxiliar de Biblioteca."</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1991/plo_839-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1991/plo_839-2002.pdf</t>
   </si>
   <si>
     <t>"Autoriza firmar convênios de mútua cooperação com os Municípios vizinhos."</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1992/plo_840-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1992/plo_840-2002.pdf</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1993/plo_841-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1993/plo_841-2002.pdf</t>
   </si>
   <si>
     <t>"Aumenta gratificação de funcionários conforme Lei nº 727/99."</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1994/plo_842-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1994/plo_842-2002.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de salário aos funcionários e agentes políticos."</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1995/plo_843-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1995/plo_843-2002.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de magarefe para o matadouro municipal."</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1996/plo_844-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1996/plo_844-2002.pdf</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1997/plo_845-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1997/plo_845-2002.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2003 e dá outras providências."</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1998/plo_846-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1998/plo_846-2002.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de agente de saúde"</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1999/plo_847-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1999/plo_847-2002.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de jardineiro."</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2000/plo_848-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2000/plo_848-2002.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Obras e Via Pública."</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2001/plo_849-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2001/plo_849-2002.pdf</t>
   </si>
   <si>
     <t>"Revoga Lei de nº 810/2001 e dá outras providências."</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2002/plo_850-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2002/plo_850-2002.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Obra Pública."</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2003/plo_851-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2003/plo_851-2002.pdf</t>
   </si>
   <si>
     <t>"Autoriza a ressarcir Empresa."</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2004/plo_852-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2004/plo_852-2002.pdf</t>
   </si>
   <si>
     <t>"Cria vagas de motorista."</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2005/plo_853-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2005/plo_853-2002.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de professor de informática."</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2007/plo_854-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2007/plo_854-2002.pdf</t>
   </si>
   <si>
     <t>"Altera vencimento e carga horário."</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2008/plo_855-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2008/plo_855-2002.pdf</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2010/plo_856-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2010/plo_856-2002.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município para o Exercício de 2003."</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2011/plo_857-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2011/plo_857-2002.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual período 2002/2005."</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2012/plo_858-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2012/plo_858-2002.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Subvenções, Auxílios Financeiros e Contribuições e contém outras providências."</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2013/plo_860-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2013/plo_860-2002.pdf</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2014/plo_861-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2014/plo_861-2002.pdf</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2015/plo_862-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2015/plo_862-2002.pdf</t>
   </si>
   <si>
     <t>"Cria cargo em comissão."</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2016/plo_863-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2016/plo_863-2002.pdf</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2017/plo_864-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2017/plo_864-2002.pdf</t>
   </si>
   <si>
     <t>"Concede gratificação."</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/</t>
+    <t>http://sapl.natercia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>"Repasse de subvenção para APAE."</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2019/plo_867-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2019/plo_867-2002.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 582/95 que institui o Conselho Municipal de Assistência Social e dá outras providências."</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2020/plo_868-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2020/plo_868-2002.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 563/95 que cria o Fundo Municipal de Assistência Social e dá outras providências."</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2021/plo_869-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2021/plo_869-2002.pdf</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2022/plo_870-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2022/plo_870-2002.pdf</t>
   </si>
   <si>
     <t>"Cria a Secretaria Municipal de Saúde e Assistência Social."</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2023/plo_871-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2023/plo_871-2002.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a contribuição para custeio do serviço de iluminação pública e dá outras providências."</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2024/plo_872-2002.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2024/plo_872-2002.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -861,67 +861,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1980/plo_825-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1982/plo_827-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1983/plo_828-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1984/plo_829-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1985/plo_833-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1986/plo_834-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1987/plo_835-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1988/plo_836-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1989/plo_837-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1990/plo_838-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1991/plo_839-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1992/plo_840-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1993/plo_841-2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1994/plo_842-2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1995/plo_843-2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1996/plo_844-2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1997/plo_845-2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1998/plo_846-2002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1999/plo_847-2002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2000/plo_848-2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2001/plo_849-2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2002/plo_850-2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2003/plo_851-2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2004/plo_852-2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2005/plo_853-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2007/plo_854-2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2008/plo_855-2002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2010/plo_856-2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2011/plo_857-2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2012/plo_858-2002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2013/plo_860-2002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2014/plo_861-2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2015/plo_862-2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2016/plo_863-2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2017/plo_864-2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2019/plo_867-2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2020/plo_868-2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2021/plo_869-2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2022/plo_870-2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2023/plo_871-2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2024/plo_872-2002.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1980/plo_825-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1982/plo_827-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1983/plo_828-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1984/plo_829-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1985/plo_833-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1986/plo_834-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1987/plo_835-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1988/plo_836-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1989/plo_837-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1990/plo_838-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1991/plo_839-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1992/plo_840-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1993/plo_841-2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1994/plo_842-2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1995/plo_843-2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1996/plo_844-2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1997/plo_845-2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1998/plo_846-2002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/1999/plo_847-2002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2000/plo_848-2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2001/plo_849-2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2002/plo_850-2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2003/plo_851-2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2004/plo_852-2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2005/plo_853-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2007/plo_854-2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2008/plo_855-2002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2010/plo_856-2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2011/plo_857-2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2012/plo_858-2002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2013/plo_860-2002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2014/plo_861-2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2015/plo_862-2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2016/plo_863-2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2017/plo_864-2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2019/plo_867-2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2020/plo_868-2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2021/plo_869-2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2022/plo_870-2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2023/plo_871-2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2002/2024/plo_872-2002.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="102.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>