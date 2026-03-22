--- v0 (2026-01-29)
+++ v1 (2026-03-22)
@@ -51,507 +51,507 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2066/plo_917-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2066/plo_917-2005.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de Coordenador Pedagógico."</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2067/plo_918-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2067/plo_918-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial - CIDE."</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2068/plo_919-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2068/plo_919-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial - Compra de Enfardadeira."</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2069/plo_920-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2069/plo_920-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial - Compra de ambulância."</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2070/plo_921-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2070/plo_921-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial - Construção de Campo de Futebol."</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2071/plo_922-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2071/plo_922-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial - Compra de Equipamentos hospitalares."</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2072/plo_923-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2072/plo_923-2005.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei nº 806/2023 que dispõe sobre ajuda financeira à Rádio Clube FM."</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2073/plo_924-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2073/plo_924-2005.pdf</t>
   </si>
   <si>
     <t>""Abre Crédito Especial -PNATE."</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2074/plo_925-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2074/plo_925-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial - EPCDOE."</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2075/plo_926-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2075/plo_926-2005.pdf</t>
   </si>
   <si>
     <t>"Cria o cargo de Atendente de Assistência Social."</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2076/plo_927-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2076/plo_927-2005.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de Farmacêutico."</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2077/plo_928-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2077/plo_928-2005.pdf</t>
   </si>
   <si>
     <t>"Cria vaga de Advogado."</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2078/plo_929-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2078/plo_929-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para a compra de Consultório Dentário."</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2079/plo_930-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2079/plo_930-2005.pdf</t>
   </si>
   <si>
     <t>"Concede subvenção ao Catarinense Futebol Clube."</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2080/plo_931-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2080/plo_931-2005.pdf</t>
   </si>
   <si>
     <t>"Desmembra área em lotes."</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2081/plo_932-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2081/plo_932-2005.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial."</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2082/plo_934-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2082/plo_934-2005.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei nº 927/2005, que cria cargo de Farmacêutico."</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2083/plo_935-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2083/plo_935-2005.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de salário aos funcionários e agentes políticos."</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2084/plo_938-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2084/plo_938-2005.pdf</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2085/plo_939-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2085/plo_939-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza usar veículo como forma de pagamento."</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2086/plo_940-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2086/plo_940-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza doação de terreno."</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2087/plo_941-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2087/plo_941-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza abrir Crédito Especial."</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2088/plo_942-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2088/plo_942-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza desmembramento de área em lote."</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2089/plo_943-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2089/plo_943-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Natércia a celebrar convênio com o Estado de Minas Gerais e dá outras providências."</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2090/plo_945-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2090/plo_945-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Concessão de Subvenção, Auxílios e contribuições dá outras providências."</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2091/plo_948-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2091/plo_948-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza abrir Crédito Especial para despesas do Referendo."</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2092/plo_949-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2092/plo_949-2005.pdf</t>
   </si>
   <si>
     <t>"Concede abono salarial aos professores."</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2093/plo_950-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2093/plo_950-2005.pdf</t>
   </si>
   <si>
     <t>"Delimita o novo Perímetro Urbano do Município de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2094/plo_951-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2094/plo_951-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza suplementação de dotações orçamentárias."</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2095/plo_952-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2095/plo_952-2005.pdf</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2096/plo_953-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2096/plo_953-2005.pdf</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2097/plo_954-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2097/plo_954-2005.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 943/2005 que autoriza o Município de Natércia a celebrar convênio com o Estado de Minas Gerais e dá outras providências.'</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2098/plo_955-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2098/plo_955-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de Créditos Adicionais Suplementares."</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2099/plo_956-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2099/plo_956-2005.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei nº 942/2005 que Autoriza desmembramento de área em lote."</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2100/plo_957-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2100/plo_957-2005.pdf</t>
   </si>
   <si>
     <t>"Autoriza doação de terreno para o Lar Comunitário Sagrado Coração de Jesus e dá outras providências."</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2101/plo_958-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2101/plo_958-2005.pdf</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2102/plo_959-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2102/plo_959-2005.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de Contador e dá outras providências."</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2103/plo_960-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2103/plo_960-2005.pdf</t>
   </si>
   <si>
     <t>"Cria cargo de Procurador Jurídico e dá outras providências."</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2104/plo_961-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2104/plo_961-2005.pdf</t>
   </si>
   <si>
     <t>"Cria cardo de Secretário Geral da Câmara e dá outras providências."</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2105/plo_962-2005.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2105/plo_962-2005.pdf</t>
   </si>
   <si>
     <t>"Cria cardo de Faxineira e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -858,67 +858,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2066/plo_917-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2067/plo_918-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2068/plo_919-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2069/plo_920-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2070/plo_921-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2071/plo_922-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2072/plo_923-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2073/plo_924-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2074/plo_925-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2075/plo_926-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2076/plo_927-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2077/plo_928-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2078/plo_929-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2079/plo_930-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2080/plo_931-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2081/plo_932-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2082/plo_934-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2083/plo_935-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2084/plo_938-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2085/plo_939-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2086/plo_940-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2087/plo_941-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2088/plo_942-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2089/plo_943-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2090/plo_945-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2091/plo_948-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2092/plo_949-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2093/plo_950-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2094/plo_951-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2095/plo_952-2005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2096/plo_953-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2097/plo_954-2005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2098/plo_955-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2099/plo_956-2005.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2100/plo_957-2005.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2101/plo_958-2005.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2102/plo_959-2005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2103/plo_960-2005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2104/plo_961-2005.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2105/plo_962-2005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2066/plo_917-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2067/plo_918-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2068/plo_919-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2069/plo_920-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2070/plo_921-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2071/plo_922-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2072/plo_923-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2073/plo_924-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2074/plo_925-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2075/plo_926-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2076/plo_927-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2077/plo_928-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2078/plo_929-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2079/plo_930-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2080/plo_931-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2081/plo_932-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2082/plo_934-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2083/plo_935-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2084/plo_938-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2085/plo_939-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2086/plo_940-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2087/plo_941-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2088/plo_942-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2089/plo_943-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2090/plo_945-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2091/plo_948-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2092/plo_949-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2093/plo_950-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2094/plo_951-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2095/plo_952-2005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2096/plo_953-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2097/plo_954-2005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2098/plo_955-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2099/plo_956-2005.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2100/plo_957-2005.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2101/plo_958-2005.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2102/plo_959-2005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2103/plo_960-2005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2104/plo_961-2005.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2005/2105/plo_962-2005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="132.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>