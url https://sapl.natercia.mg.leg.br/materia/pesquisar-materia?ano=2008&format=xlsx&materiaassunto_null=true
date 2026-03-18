--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -54,576 +54,576 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Roberto Eufrásio de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_01-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_01-2008.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de encontrar um galpão para que possa ser instalada a empresa M. M. Magon, inscrita sob o CNPJ 05.933.445/0001-33, que encontra-se instalada na Praça da Bandeira, tendo em vista que as constantes enchentes vem causando prejuízo aos proprietários da empresa que estão ameaçando levar a fábrica embora.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Boanerges Martins</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_02-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_02-2008.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de consertar a ponte do Bairro do Turvo, situada na divisa do município de Conceição das Pedras e Natércia.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_03-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_03-2008.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que verifique a possibilidade de doar o imóvel do Clube Recreativo Catarinense para a AMOM – Associação dos Moradores Organizados de Natércia.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes, Antônio Noel de Souza, João Boanerges Martins, José Amador Alves, José Ovídio Ferreira, Nelson Lino de Souza, Nelson Lino dos Reis, Roberto Eufrásio de Freitas, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_04-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_04-2008.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de cumprir a Portaria nº 1761 de 24 de julho de 2007 que fixa valor do incentivo de custeio referente à implantação de Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_05-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_05-2008.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que verifique a possibilidade de instalar postes de energia elétrica na rua Sebastião Gonçalves dos Reis.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2179/1_plo_1-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2179/1_plo_1-2008.pdf</t>
   </si>
   <si>
     <t>"Concede abono salarial aos professores e diretores."</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2180/1_plo_2-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2180/1_plo_2-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para aquisição de veículo."</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2181/1_plo_3-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2181/1_plo_3-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para calçamento."</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2182/1_plo_5-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2182/1_plo_5-2008.pdf</t>
   </si>
   <si>
     <t>"Cria a Coordenadoria Municipal de Defesa Civil (COMDEC) do Município de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2183/1_plo_6-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2183/1_plo_6-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza desafetação e doação de bem público e dá outras providências."</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2184/1_plo_7-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2184/1_plo_7-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito especial para aquisição de veículo."</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2185/1_plo_8-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2185/1_plo_8-2008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a remuneração do Agente Comunitário de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2186/1_plo_9-2023.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2186/1_plo_9-2023.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei Municipal nº 1021/2007 e dá outras providências."</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2187/1_plo_10-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2187/1_plo_10-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial e dá outras providências."</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2188/1_plo_11-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2188/1_plo_11-2008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de revisão geral anual de subsídios aos agentes políticos municipais e estabelece outras providências."</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2189/1_plo_12-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2189/1_plo_12-2008.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual da remuneração dos servidores públicos do quadro de pessoal da Câmara Municipal de Natércia."</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2190/1_plo_13-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2190/1_plo_13-2008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2009 e dá outras providências."</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2191/1_plo_14-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2191/1_plo_14-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para aquisição de equipamentos laboratoriais."</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2192/1_plo_15-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2192/1_plo_15-2008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proteção, preservação e promoção do patrimônio cultural."</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2193/1_plo_15-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2193/1_plo_15-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza desmembramento de área em lote."</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2194/1_plo_17-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2194/1_plo_17-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para reforma e ampliação de escola."</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2195/1_plo_18-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2195/1_plo_18-2008.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Especial para construção de portal e urbanização."</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2196/1_plo_19-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2196/1_plo_19-2008.pdf</t>
   </si>
   <si>
     <t>"Fica o Poder Executivo autorizado a adquirir imóvel e dá outras providências."</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2197/1_plo_20-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2197/1_plo_20-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para aquisição de imóvel."</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2198/1_plo_21-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2198/1_plo_21-2008.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a obra pública."</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2199/1_plo_22-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2199/1_plo_22-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza conceder isenção e dá outras providências."</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2200/1_plo_23-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2200/1_plo_23-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para construção de ponte."</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2201/1_plo_24-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2201/1_plo_24-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial para consturção de ponte."</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2202/1_plo_25-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2202/1_plo_25-2008.pdf</t>
   </si>
   <si>
     <t>"Altera a denominação de Via Pública que especifica."</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2219/1_plo_26-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2219/1_plo_26-2008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação de imóvel de propriedade do município à Companhia de Habitação do Estado de Minas Gerais - COHAB - MG, na forma e condições que especifica."</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2203/1_plo_27-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2203/1_plo_27-2008.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial."</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2204/1_plo_28-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2204/1_plo_28-2008.pdf</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2205/1_plo_29-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2205/1_plo_29-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza doação de terreno."</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2206/1_plo_30-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2206/1_plo_30-2008.pdf</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2207/1_plo_31-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2207/1_plo_31-2008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a fixação dos subsídios dos agentes políticos do Município de Natércia para o mandato vigente a partir de 01-01-2009 a 31-12-2012."</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2208/1_plo_32-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2208/1_plo_32-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Concessão de Subvenções, Auxílios e contibuições e dá outras providências."</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2209/1_plo_33-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2209/1_plo_33-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza a adequação de valores e ações do PPA para elaboração do Orçamento 2009."</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2210/1_plo_34-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2210/1_plo_34-2008.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1049, de 04 de Julho de 2008 que dispõe sobre as diretrizes para elaboração da proposta orçamentária para exercício financeiro de 2009."</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2211/1_plo_35-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2211/1_plo_35-2008.pdf</t>
   </si>
   <si>
     <t>"Estima Receita e Fixa Despesa do Município de Natércia - MG, para o exercício financeiro de 2009."</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2212/1_plo_36-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2212/1_plo_36-2008.pdf</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2213/1_plo_37-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2213/1_plo_37-2008.pdf</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2214/1_plo_38-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2214/1_plo_38-2008.pdf</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2215/1_plo_39-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2215/1_plo_39-2008.pdf</t>
   </si>
   <si>
     <t>"Cria o Fundo Municipal de Habitação - FMH e dá outras providências."</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2216/1_plo_40-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2216/1_plo_40-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza doação de Terreno."</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2217/1_plo_41-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2217/1_plo_41-2008.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder abono salarial aos professores em atividade."</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2218/1_plo_42-2008.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2218/1_plo_42-2008.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -927,67 +927,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_01-2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_02-2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_03-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_04-2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_05-2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2179/1_plo_1-2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2180/1_plo_2-2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2181/1_plo_3-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2182/1_plo_5-2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2183/1_plo_6-2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2184/1_plo_7-2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2185/1_plo_8-2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2186/1_plo_9-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2187/1_plo_10-2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2188/1_plo_11-2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2189/1_plo_12-2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2190/1_plo_13-2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2191/1_plo_14-2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2192/1_plo_15-2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2193/1_plo_15-2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2194/1_plo_17-2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2195/1_plo_18-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2196/1_plo_19-2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2197/1_plo_20-2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2198/1_plo_21-2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2199/1_plo_22-2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2200/1_plo_23-2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2201/1_plo_24-2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2202/1_plo_25-2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2219/1_plo_26-2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2203/1_plo_27-2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2204/1_plo_28-2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2205/1_plo_29-2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2206/1_plo_30-2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2207/1_plo_31-2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2208/1_plo_32-2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2209/1_plo_33-2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2210/1_plo_34-2008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2211/1_plo_35-2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2212/1_plo_36-2008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2213/1_plo_37-2008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2214/1_plo_38-2008.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2215/1_plo_39-2008.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2216/1_plo_40-2008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2217/1_plo_41-2008.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2218/1_plo_42-2008.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_01-2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_02-2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_03-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_04-2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_05-2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2179/1_plo_1-2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2180/1_plo_2-2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2181/1_plo_3-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2182/1_plo_5-2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2183/1_plo_6-2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2184/1_plo_7-2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2185/1_plo_8-2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2186/1_plo_9-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2187/1_plo_10-2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2188/1_plo_11-2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2189/1_plo_12-2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2190/1_plo_13-2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2191/1_plo_14-2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2192/1_plo_15-2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2193/1_plo_15-2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2194/1_plo_17-2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2195/1_plo_18-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2196/1_plo_19-2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2197/1_plo_20-2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2198/1_plo_21-2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2199/1_plo_22-2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2200/1_plo_23-2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2201/1_plo_24-2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2202/1_plo_25-2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2219/1_plo_26-2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2203/1_plo_27-2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2204/1_plo_28-2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2205/1_plo_29-2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2206/1_plo_30-2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2207/1_plo_31-2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2208/1_plo_32-2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2209/1_plo_33-2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2210/1_plo_34-2008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2211/1_plo_35-2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2212/1_plo_36-2008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2213/1_plo_37-2008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2214/1_plo_38-2008.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2215/1_plo_39-2008.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2216/1_plo_40-2008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2217/1_plo_41-2008.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2008/2218/1_plo_42-2008.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="189.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>