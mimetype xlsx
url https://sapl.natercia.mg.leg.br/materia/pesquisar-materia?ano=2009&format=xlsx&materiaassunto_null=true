--- v0 (2025-11-28)
+++ v1 (2026-03-21)
@@ -54,1743 +54,1743 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/851/indicacao_01-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/851/indicacao_01-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito que sejam adotadas providências no sentido de fixar um valor maior de incentivo de custeio da Rádio Clube FM no valor de um salário e meio mínimo mensal. Haja visto que a Lei nº 923/2005, de 01 de fevereiro de 2005, fixou o valor a ser repassado mensalmente a Rádio Clube FM de um salário mínimo.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t xml:space="preserve">Leonardo Barreto da Silva </t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/852/indicacao_02-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/852/indicacao_02-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de viabilizar a implantação de um orelhão público na rua Pedro Lopes Fernandes em Natércia – MG.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/853/indicacao_03-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/853/indicacao_03-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências para a construção de um banheiro público na Praça "Prefeito Justino Lisboa Carneiro".</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/854/indicacao_04-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/854/indicacao_04-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências para a reforma do "Clube Recreativo Catarinense" situado na rua "Prefeito José Nacácio", centro, Natércia – MG.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/855/indicacao_05-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/855/indicacao_05-2009.pdf</t>
   </si>
   <si>
     <t>Indica que seja verificada a possibilidade de parcelamento do Imposto Predial Territorial Urbano IPTU em duas ou mais parcelas dependendo do valor.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/856/indicacao_06-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/856/indicacao_06-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de contratação de médicos cardiologistas e geriatra para atendimento pelo menos uma vez a cada 15 (quinze) dias para comunidade naterciana.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/857/indicacao_07-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/857/indicacao_07-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja feita com máxima urgência uma revisão na Lei Complementar 03/2008 que "Dispõe sobre o Plano de Cargos e Vencimentos da Prefeitura Municipal de Natércia e dá outras providências".</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/858/indicacao_08-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/858/indicacao_08-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de reimplantação da sala de informática para que esta seja exclusiva para o atendimento a aprendizagem dos alunos da Escola Municipal "Coronel Goulart".</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/859/indicacao_09-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/859/indicacao_09-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja verificada a possibilidade da construção de um parquinho e quadra infantil na Rua Manoel Eufrásio de Carvalho S/N, lote este ao lado da Escola Municipal "Cel. Goulart" para lazer das crianças, principalmente da Educação Infantil (Pré – 1º e 2º Períodos – Faixa etária: 04 e 05 anos).</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/860/indicacao_10-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/860/indicacao_10-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça uma reforma na parte hidráulica, elétrica, nos forros e pisos, no prédio da antiga prefeitura, situado na rua Prefeito José Nacácio.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>José Rolf Bueno dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/861/indicacao_11-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/861/indicacao_11-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça um calçamento que ligará a rua Pedro Lopes Fernandes até a entrada da Chácara Boa Esperança.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>José Rolf Bueno dos Santos, Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/862/indicacao_12-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/862/indicacao_12-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de que se faça um rebaixamento ou alongamento nos quebra-molas da entrada da cidade, especificamente na rua Vereador Sebastião Fernandes de Freitas e os outros dois na altura da chácara de propriedade do sr. Justo Nacácio.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/863/indicacao_13-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/863/indicacao_13-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de que se instale um bebedouro de água na quadra de esporte do Conjunto Habitacional Santa Catarina.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/864/indicacao_14-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/864/indicacao_14-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja providenciada a troca dos postes de iluminação, pois alguns encontram-se com água no suporte e requer também que sejam implantados mais pontos de lixo, na Praça Justino Lisboa Carneiro.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>João Boanerges Martins</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/865/indicacao_15-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/865/indicacao_15-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de que se faça a padronização de um tipo de piso para que seja utilizado na colocação das calçadas do município.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes, Antonio Carlos de Souza, Ascânio Lázaro Leite, João Boanerges Martins, José Rolf Bueno dos Santos, Leonardo Barreto da Silva , Odair Claudinei da Silva, Teresinha de Fátima Fagundes Carvalho, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/866/indicacao_16-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/866/indicacao_16-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de criar uma pista de motocross, bicicross e skate, para lazer dos jovens e crianças de nosso município.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/867/indicacao_17-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/867/indicacao_17-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de instalar cestos de lixo na praça central e em toda a cidade.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , Odair Claudinei da Silva, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/868/indicacao_18-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/868/indicacao_18-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de melhorar a entrada da cidade do lado que liga Natércia/Conceição das Pedras.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/869/indicacao_19-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/869/indicacao_19-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de melhorar a manutenção da torre de televisão onde se encontra o aparelho de receptação de canais de televisão.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/870/indicacao_20-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/870/indicacao_20-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de melhorar a marcação de consultas para o atendimento médico no centro de saúde "Joaquim Mendes Junho".</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/871/indicacao_21-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/871/indicacao_21-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de que se faça uma ampliação do Cemitério Municipal.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/872/indicacao_22-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/872/indicacao_22-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de que se faça o calçamento e iluminação elétrica da rua Alberico Gallo, Natércia – MG.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Teresinha de Fátima Fagundes Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/873/indicacao_23-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/873/indicacao_23-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de transferir o morador Sebastião Pingado, residente atualmente no limite do cemitério municipal.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/874/indicacao_24-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/874/indicacao_24-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de aquisição de uma roçadeira mecanizada.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/875/indicacao_25-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/875/indicacao_25-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de construção de um vestiário com banheiro no campo de futebol do bairro do Atirado.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/876/indicacao_26-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/876/indicacao_26-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de se fazer um levantamento junto as ruas de nossa cidade das quais não tem placas que indicam os nomes.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/877/indicacao_27-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/877/indicacao_27-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de se criar (construir) uma rua que ligue o Conjunto Habitacional Santa Catarina até a rua São Pedro.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/878/indicacao_28-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/878/indicacao_28-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se construa na entrada dos principais locais e repartições públicas de nosso município, rampas para o acesso de deficientes físicos, para que se faça valer a Lei nº 10.098 "que estabelece normas gerais e critérios básicos para promoção da acessibilidade das pessoas portadoras de deficiência ou com mobilidade reduzida".</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/879/indicacao_29-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/879/indicacao_29-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências para que se possa construir um banheiro no Cemitério Municipal, bem como o fornecimento de roupas adequadas ao trabalho para o uso do funcionário.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/880/indicacao_30-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/880/indicacao_30-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se possa demolir uma escada que liga a rua Joaquim Rodrigues à rua Vereador Sebastião Fernandes de Freitas.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/881/indicacao_31-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/881/indicacao_31-2009.pdf</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/882/indicacao_32-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/882/indicacao_32-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas as devidas providências na estrada que liga Natércia – MG até a Fábrica de Reciclagem.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes, Antonio Carlos de Souza, Ascânio Lázaro Leite, João Boanerges Martins, José Rolf Bueno dos Santos, Odair Claudinei da Silva, Teresinha de Fátima Fagundes Carvalho, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/883/indicacao_33-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/883/indicacao_33-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se conceda um reajuste de salário para o funcionalismo público municipal.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/884/indicacao_34-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/884/indicacao_34-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de viabilizar a implantação de Guardas Noturnos Municipais em Natércia – MG.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/885/indicacao_35-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/885/indicacao_35-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de comprar ou trocar o aparelho de Raio X do Hospital Municipal.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/886/indicacao_36-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/886/indicacao_36-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de verificar junto as Secretarias de Saúde e Agricultura, sobre o nº de cães e gatos vadios que perambulam pela cidade.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/887/indicacao_37-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/887/indicacao_37-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que as crianças que frequentam o parquinho municipal não entrem e nem saiam pela rua São Pedro</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/888/indicacao_38-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/888/indicacao_38-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de viabilizar a implantação de um novo esgoto no Conjunto Habitacional Santa Catarina, nas proximidades da casa do Major.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/889/indicacao_39-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/889/indicacao_39-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça um recapeamento no asfalto da saída principal de nossa cidade, onde o trânsito é intenso.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/890/indicacao_40-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/890/indicacao_40-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de limpar a beira do Rio São Bernardo que passa dentro da cidade, nas proximidades da rua Antônio Luiz Pereira até as proximidades do Parque de Exposição Oscar Lino dos Reis.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/891/indicacao_41-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/891/indicacao_41-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de melhorar o atendimento das consultas no Posto de Saúde da cidade, distribuindo senhas com um dia de antecedência para consultas médicas.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/892/indicacao_42-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/892/indicacao_42-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de adotar um uniforme para os servidores municipais.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/893/indicacao_43-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/893/indicacao_43-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de se trancar o cemitério municipal, deixando as chaves com um vizinho para evitar que crianças brinquem no local.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/894/indicacao_44-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/894/indicacao_44-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja refeita ou melhore as condições do viaduto (passagem de gado de um terreno para outro) para que o gado possa beber água no sítio do Lino, no Bairro do Atirado, indica-se também que seja visto a entrada para o cafezal, ao lado dessa passagem.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/895/indicacao_45-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/895/indicacao_45-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que seja instalado um relógio com termômetro na Praça Prefeito Justino Lisboa Carneiro.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/896/indicacao_46-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/896/indicacao_46-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que seja criado um viveiro com mudas de plantas nativas e frutíferas.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/897/indicacao_47-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/897/indicacao_47-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se arrume as valetas que ligam as ruas umas nas outras no loteamento acima do Posto de Saúde.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/898/indicacao_48-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/898/indicacao_48-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de que se construa uma rodoviária.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/899/indicacao_49-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/899/indicacao_49-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de implantação de um disque cidadão no município de Natércia.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/900/indicacao_50-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/900/indicacao_50-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se arrume a valeta que liga a rua João Lisboa Carneiro à rua Prefeito José Nacácio.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/901/indicacao_51-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/901/indicacao_51-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de instalação de um hidrante no município de Natércia.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/902/indicacao_52-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/902/indicacao_52-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de transferir o "barracão" (que encontra-se situado atualmente ao lado do parquinho) para um local que atenda todas as suas necessidades.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/903/indicacao_53-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/903/indicacao_53-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências para a criação do CODEMA – Conselho Municipal de Conservação e Defesa do Meio Ambiente, no município de Natércia – MG.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/904/indicacao_54-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/904/indicacao_54-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de apoio à Romaria a Aparecida do Norte.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/905/indicacao_55-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/905/indicacao_55-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de arrumar a entrada do sítio do sr. Honorato Fagundes.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/906/indicacao_56-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/906/indicacao_56-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça a sinalização da estrada estadual (depois do matadouro) e também na municipal.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/907/indicacao_57-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/907/indicacao_57-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sugere que apresente um projeto de Lei à Câmara Municipal concedendo isenção fiscal parcial no pagamento do IPTU, para aposentados, pensionistas e portadores de deficiências físicas que possuem um único imóvel de moradia.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/908/indicacao_58-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/908/indicacao_58-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal estudar a possibilidade de usar uma parte da arrecadação do IPTU para reparos dos calçamentos de nossas ruas.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/909/indicacao_59-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/909/indicacao_59-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal isentar parcialmente os contribuintes de baixa renda das taxas municipais referentes a aprovação de plantas e projetos residenciais.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/910/indicacao_60-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/910/indicacao_60-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal cadastrar todos os lotes vagos por rua através de mapas, com nomes dos respectivos proprietários.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/911/indicacao_61-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/911/indicacao_61-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de haver parcelamento no Imposto Territorial Urbano (IPTU).</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/912/indicacao_62-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/912/indicacao_62-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal estudar a possibilidade de realizar doação de uniformes aos alunos da rede pública municipal. Confecção de uniformes escolares.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/913/indicacao_63-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/913/indicacao_63-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal à pedido de muitos moradores da rua José Carneiro Junho, venho solicitar a limpeza e a canalização do córrego que recebe o esgotamento sanitário da referida rua e também da rua José Ananias Magalhães.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/914/indicacao_64-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/914/indicacao_64-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências junto a quadra de esporte do "Conjunto Habitacional Santa Catarina" e também em relação a limpeza das ruas.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Ascânio Lázaro Leite, João Boanerges Martins</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/915/indicacao_65-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/915/indicacao_65-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências em relação ao cascalhamento de estradas.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/916/indicacao_66-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/916/indicacao_66-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências junto a Secretaria Municipal de Educação e Cultura no sentido de se criar um museu em nosso município.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/917/indicacao_67-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/917/indicacao_67-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se entre em entendimento com o Banco Itaú S/A – Natércia – MG para que seja instalado um caixa eletrônico para atendimento à população fora do horário de funcionamento bancário.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/918/indicacao_68-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/918/indicacao_68-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido que se coloque o nome do sr. João Paulo e Silva em uma rua a título de homenagem.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/919/indicacao_69-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/919/indicacao_69-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido que se faça a iluminação do gramado da entrada do Conjunto Habitacional Santa Catarina.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/920/indicacao_70-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/920/indicacao_70-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de aração de terras aos pequenos produtores do nosso município.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/921/indicacao_71-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/921/indicacao_71-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja providenciada a denominação de vias públicas que encontram sem nomes.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/922/indicacao_72-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/922/indicacao_72-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido que se providencie banheiros químicos para serem instalados na festa de Santa Catarina.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/923/indicacao_73-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/923/indicacao_73-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça o desvio do leito do córrego do Boi Malhado.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/924/indicacao_74-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/924/indicacao_74-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça um rebaixamento na rua Manoel José Enéas.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/925/indicacao_75-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/925/indicacao_75-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que isente os pensionistas ao pagamento de IPTU.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/926/indicacao_76-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/926/indicacao_76-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que o  Poder Executivo dê maiores informações sobre a suspensão das inscrições do Concurso Público.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/927/indicacao_77-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/927/indicacao_77-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se denomine uma das ruas do Conjunto Habitacional Luiz Lopes Fernandes, com o nome de Dona Alviza Enéas.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/928/indicacao_78-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/928/indicacao_78-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça cascalhamento na entrada das propriedades situadas no Bairro da Usina e Piedade.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/929/indicacao_79-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/929/indicacao_79-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se faça uma emenda na Lei nº 1048/2008.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/930/indicacao_80-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/930/indicacao_80-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de construir bueiros na estrada do bairro Turvo que liga o bairro São José do Pinhal, deste município.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/931/indicacao_81-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/931/indicacao_81-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal o cascalhamento do Loteamento Chapadão.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/932/indicacao_82-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/932/indicacao_82-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal o cascalhamento do acesso a residência do sr. Honorato no bairro da Bocaina.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/933/indicacao_83-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/933/indicacao_83-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal som no coreto nos fins de semana.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/934/indicacao_84-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/934/indicacao_84-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal a reativação do bar na piscina e construção de quiosques.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/935/indicacao_85-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/935/indicacao_85-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal a melhoria da descida do morro que dá acesso a Usina e Piedade – Varginha.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/936/indicacao_86-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/936/indicacao_86-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal um local para jogo de truco onde os moradores da Chapada possam ter momentos de lazer.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/937/indicacao_87-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/937/indicacao_87-2009.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal a retirada das moitas de bambu do rio São Bernardo, fundo da rua Antônio Luis Pereira.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/938/indicacao_88-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/938/indicacao_88-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal a disponibilização do Tele-Centro 2 (duas) vezes por semana para a Pastoral da Pessoa Idosa (PPI) e para o Grupo da Feliz Idade do município.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/939/indicacao_89-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/939/indicacao_89-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal a limpeza das margens do rio São Bernardo.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/940/indicacao_90-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/940/indicacao_90-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que adote providências no sentido de que se coloque o nome do sr. Antônio Sabino Fernandes na 1ª travessa da rua José Rodrigues da Silva e o nome do sr. José Custódio dos Reis na 2ª travessa da rua José Rodrigues da Silva, a título de homenagem.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/941/indicacao_91-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/941/indicacao_91-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que adote providências no sentido de que substitua parte do nome da rua Vereador Sebastião Fernandes de Freitas, pelo nome do sr. João Fernandes dos Reis, a título de homenagem.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/942/indicacao_92-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/942/indicacao_92-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal consertar os buracos da esquina da rua que dá acesso a residência do senhor Gemauro com o bar do senhor Domiciano.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/943/indicacao_93-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/943/indicacao_93-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal retornar o horário dos Garis para 4:00 horas da manhã até o meio dia e a distribuição de protetor solar, bem como luvas para o trabalho.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/944/indicacao_94-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/944/indicacao_94-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal separar as farmácias do Posto de Saúde Joaquim Mendes Junho do Programa de Saúde Família Ângelo Castro Junho.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/945/indicacao_95-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/945/indicacao_95-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade da vinda de mais um funcionário para o correio do município, para auxiliar no atendimento ao público por um período maior.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/946/indicacao_96-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/946/indicacao_96-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de troca do gramado do campo de futebol José Carlos da Silva.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/947/indicacao_97-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/947/indicacao_97-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de que se construa alguns pontos de apoio a UBS (Unidade Básica de Saúde), em alguns bairros da cidade.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/948/indicacao_98-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/948/indicacao_98-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências para a possível instalação de um Posto da Agência do Banco SICOOB (Sistema Coorporativo de Crédito do Brasil).</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/949/indicacao_99-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/949/indicacao_99-2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam adotadas providências para se adotar um plano de saúde para os funcionários públicos.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1067/mocao_001-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1067/mocao_001-2009.pdf</t>
   </si>
   <si>
     <t>MOÇÂO DE APLAUSO, ao Ilustríssimo Sr. ISAIAS LUCIANO SAID, 3° Sargento do município de Natércia, pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/</t>
+    <t>http://sapl.natercia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÂO DE APLAUSO, ao Ilustríssimo Sr. JOSÉ AIRTON JUNHO DOS REIS, digníssimo Prefeito do Município de Natércia, pela aquisição de 8 (oito) veículos para frota municipal.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1069/mocao_003-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1069/mocao_003-2009.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Reverendíssimo Sr. Pe. WALTER DAUZCUK, digníssimo Administrador Paroquial do Município de Natércia, pelo excelente desempenho a frente da Paróquia de Santa Catarina de Alexandria.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1073/mocao_004-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1073/mocao_004-2009.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ilustríssima Sra. PAULINHA ORSI JUNHO, pela contribuição voluntaria junto a Câmara Municipal.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao ilustríssimo casal Sr CRISTIANO ANTÔNIO CAETANO JUNHO e Sra. MARIA APARECIDA DE FREITAS, pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1076/mocao_006-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1076/mocao_006-2009.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ilustríssima Sra MARIA APARECIDA JUNHO, pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1077/mocao_007-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1077/mocao_007-2009.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao ilustríssimo casal Sr. JOSÉ AIRTON JUNHO DOS REIS e Sra. VERA LUCIA JUNHO DOS REIS, pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1078/mocao_008-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1078/mocao_008-2009.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao ilustríssimo casal Sr. JOSÉ ROLF BUENO DOS SANTOS e Sra. MIRIAM EUFRÁSIO BERNARDES SANTOS, pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1079/mocao_009-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1079/mocao_009-2009.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao ilustríssimo Sr. JOÃO GUILHERME DOS SANTOS (MESQUILIPE), pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, em homenagem aos 25 anos do Título do Catarinense em Cachoeira da Minas aos ilustríssimos Senhores : Alessandro Borelli Magalhães; Fernando Alberico de Carvalho; José Mauricio do Vale; Luis Antônio do Vale; Humberto Dehon Barreto da Silva; João Paulo dos Reis; 	Vramir Carvalho Bernardes; Hamilton Raimundo de Carvalho; Adilson Pereira dos Reis; Vladimir Carvalho Bernardes; Ademir Carvalho Bernardes;	Danilo dos Santos Bernardes; José Cleber Thomé; Luciano Carvalho Santos; Josimar de Souza Paiva; Claucimir Carvalho Bernardes; Carlos Roberto dos Santos; Nivaldo Antônio Enéas; Nelson Lino dos Reis; Anésio Lino dos Reis.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2223/1_plo_1-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2223/1_plo_1-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a doar imóvel à COPASA/MG - Companhia de Saneamento de Minas Gerais e dá outras providências."</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2224/1_plo_2-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2224/1_plo_2-2009.pdf</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2225/1_plo_3-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2225/1_plo_3-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial no Orçamento do exercício de 2009 Para Atendimento ao Convênio Turismo no Brasil - OGU.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2226/1_plo_4-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2226/1_plo_4-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial no Orçamento do exercício de 2009 Para Atendimento ao Convênio SEAM Calçamento."</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2227/1_plo_5-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2227/1_plo_5-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a destinar imóvel do Município para instalação da nova sede da Câmara Municipal."</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2228/1_plo_6-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2228/1_plo_6-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a alterar Contrato de Permissão de Uso de Prédio celebrado com a Polícia Militar de Minas Gerais."</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2229/1_plo_7-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2229/1_plo_7-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Transporte Especial para Eventos Esportivos, Culturais e de Lazer no Município de Natércia (MG)."</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2230/1_plo_8-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2230/1_plo_8-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a destinar imóvel do Município para instalação do Sindicato Rural dos Produtores de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2231/1_plo_9-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2231/1_plo_9-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a adquirir, por doação onerosa, o imóvel que especifica e dá outras providências."</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2232/1_plo_10-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2232/1_plo_10-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2010 e dá outras providências."</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2233/1_plo_11-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2233/1_plo_11-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de revisão geral anual de subsídios aos agentes políticos municipais e estabelece outras providências."</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2234/1_plo_12-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2234/1_plo_12-2009.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual da remuneração dos servidores públicos do quadro de pessoal da Câmara Municipal de Natércia."</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2235/1_plo_13-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2235/1_plo_13-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o transporte urbano e rural de trabalhadores rurais no município de Natércia - MG."</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2236/1_plo_14-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2236/1_plo_14-2009.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 946, de 28 de Dezembro de 2005 (Lei do Plano Plurianual) que dispõe sobre o Plano Plurianual para o período de 2006 à 2009, altera a Lei Municipal nº 1049, de 04 de Julho de 2008 (Lei de Diretrizes Orçamentárias) que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2009 e autoriza a abertura de Crédito Especial no Orçamento do exercício financeiro de 2009."</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2237/1_plo_15-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2237/1_plo_15-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação de imóveis de propriedade do Município à Companhia de Habitação do Estado de Minas Gerais - COHAB-MG, na forma e condições que especifica."</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2238/1_plo_16-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2238/1_plo_16-2009.pdf</t>
   </si>
   <si>
     <t>"Concede isenção de tributos, que especifica, à Empresa prestadora dos serviços públicos de abastecimento de água e esgotamento sanitário por ocasião da outorga destes serviços."</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2239/1_plo_17-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2239/1_plo_17-2009.pdf</t>
   </si>
   <si>
     <t>"Homologa Convênio celebrando com a Companhia de Habitação de Estado de Minas Gerais - COHAB - MG, concede à mesma Companhia isenção tributária e dá outras providências."</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2240/1_plo_18-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2240/1_plo_18-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar Convênio de Cooperação com o Estado de Minas Gerais, para o fim de estabelecer uma colaboração federativa na organização, regulação, fiscalização e prestação dos serviços públicos municipais de abastecimento de água e de esgotamento sanitário, e da outras providências."</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2241/1_plo_19-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2241/1_plo_19-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar financiamento junto ao Banco do Brasil S.A. e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2242/1_plo_20-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2242/1_plo_20-2009.pdf</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2243/1_plo_21-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2243/1_plo_21-2009.pdf</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2244/1_plo_22-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2244/1_plo_22-2009.pdf</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2245/1_plo_23-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2245/1_plo_23-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza a permissão de uso de um imóvel alugado ao Banco do Brasil S/A para Instalação de Caixa Eletrônico no Município de Natércia (MG)."</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2246/1_plo_24-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2246/1_plo_24-2009.pdf</t>
   </si>
   <si>
     <t>"Institui o Plano Municipal de Saneamento Básico destinado à execução dos serviços de abastecimento de água e esgotamento sanitário na sede do Município."</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2247/1_plo_25-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2247/1_plo_25-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Concessão de Subvenções, Auxílios e Contribuições e dá outras providências."</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2248/1_plo_26-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2248/1_plo_26-2009.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal º 1074, de 17 de Junho de 2009 que dispõe sobre as diretrizes para elaboração da proposta orçamentária para o exercício financeiro de 2010."</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2249/1_plo_27-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2249/1_plo_27-2009.pdf</t>
   </si>
   <si>
     <t>"Projeto de Lei do Plano Plurianual 2010-2013."</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2250/1_plo_28-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2250/1_plo_28-2009.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do Município de Natércia - MG, para o exercício financeiro de 2010."</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2251/1_plo_29-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2251/1_plo_29-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a Celebrar Contrato de Aluguel de Um Terreno para depósito de lixos no Município de Natércia (MG)."</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2252/1_plo_30-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2252/1_plo_30-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza desmembramento de área em lotes."</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2253/1_plo_31-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2253/1_plo_31-2009.pdf</t>
   </si>
   <si>
     <t>Encaminha para analise das Comissões.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2254/1_plo_32-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2254/1_plo_32-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de Auxilio Funeral as pessoas de baixa renda no Município de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2255/1_plo_33-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2255/1_plo_33-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização de transporte de estudantes de terceiro grau e cursos técnicos, e da outras providências."</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2256/1_plo_34-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2256/1_plo_34-2009.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Vias Públicas."</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2257/1_plo_35-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2257/1_plo_35-2009.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de "Largo da Matriz" a área fechada em volta à Igreja Santa Catarina, Igreja Matriz."</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2258/1_plo_36-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2258/1_plo_36-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição ou reformulação do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS e dá outras providências."</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2259/1_plo_37-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2259/1_plo_37-2009.pdf</t>
   </si>
   <si>
     <t>"Dá denominação ao Conjunto Habitacional."</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2260/1_plo_38-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2260/1_plo_38-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder abono salarial aos professores em atividade."</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2261/1_plo_39-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2261/1_plo_39-2009.pdf</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2262/1_plo_40-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2262/1_plo_40-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a doar Cestas de Natal para os servidores do Quadro de Pessoal da Prefeitura Municipal de Natércia - MG."</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2263/1_plo_41-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2263/1_plo_41-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza a permissão de uso de um imóvel alugado ao Banco SICOB S/A para Instalação de Caixa Eletrônico no Município de Natércia (MG)."</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2264/1_plo_42-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2264/1_plo_42-2009.pdf</t>
   </si>
   <si>
     <t>"Adota o Diário Oficial dos Municípios do Estado de Minas Gerais, instituído e administrado pela AMM, como meio oficial de comunicação doas atos normativos e administrativos do Município de Natércia."</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2265/1_plo_43-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2265/1_plo_43-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Poder Executivo a alterar o Inciso I do Art. 2º da Lei 1.061 de 04 Dezembro de 2.008 para a abertura de crédito adicionais suplementares."</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2266/1_plo_44-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2266/1_plo_44-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Natércia a Contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, Operações de Crédito com outorga de garantia e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2097,67 +2097,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/851/indicacao_01-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/852/indicacao_02-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/853/indicacao_03-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/854/indicacao_04-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/855/indicacao_05-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/856/indicacao_06-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/857/indicacao_07-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/858/indicacao_08-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/859/indicacao_09-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/860/indicacao_10-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/861/indicacao_11-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/862/indicacao_12-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/863/indicacao_13-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/864/indicacao_14-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/865/indicacao_15-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/866/indicacao_16-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/867/indicacao_17-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/868/indicacao_18-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/869/indicacao_19-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/870/indicacao_20-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/871/indicacao_21-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/872/indicacao_22-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/873/indicacao_23-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/874/indicacao_24-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/875/indicacao_25-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/876/indicacao_26-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/877/indicacao_27-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/878/indicacao_28-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/879/indicacao_29-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/880/indicacao_30-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/881/indicacao_31-2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/882/indicacao_32-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/883/indicacao_33-2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/884/indicacao_34-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/885/indicacao_35-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/886/indicacao_36-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/887/indicacao_37-2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/888/indicacao_38-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/889/indicacao_39-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/890/indicacao_40-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/891/indicacao_41-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/892/indicacao_42-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/893/indicacao_43-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/894/indicacao_44-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/895/indicacao_45-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/896/indicacao_46-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/897/indicacao_47-2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/898/indicacao_48-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/899/indicacao_49-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/900/indicacao_50-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/901/indicacao_51-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/902/indicacao_52-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/903/indicacao_53-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/904/indicacao_54-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/905/indicacao_55-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/906/indicacao_56-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/907/indicacao_57-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/908/indicacao_58-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/909/indicacao_59-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/910/indicacao_60-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/911/indicacao_61-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/912/indicacao_62-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/913/indicacao_63-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/914/indicacao_64-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/915/indicacao_65-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/916/indicacao_66-2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/917/indicacao_67-2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/918/indicacao_68-2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/919/indicacao_69-2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/920/indicacao_70-2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/921/indicacao_71-2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/922/indicacao_72-2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/923/indicacao_73-2009.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/924/indicacao_74-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/925/indicacao_75-2009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/926/indicacao_76-2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/927/indicacao_77-2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/928/indicacao_78-2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/929/indicacao_79-2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/930/indicacao_80-2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/931/indicacao_81-2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/932/indicacao_82-2009.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/933/indicacao_83-2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/934/indicacao_84-2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/935/indicacao_85-2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/936/indicacao_86-2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/937/indicacao_87-2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/938/indicacao_88-2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/939/indicacao_89-2009.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/940/indicacao_90-2009.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/941/indicacao_91-2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/942/indicacao_92-2009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/943/indicacao_93-2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/944/indicacao_94-2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/945/indicacao_95-2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/946/indicacao_96-2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/947/indicacao_97-2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/948/indicacao_98-2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/949/indicacao_99-2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1067/mocao_001-2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1069/mocao_003-2009.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1073/mocao_004-2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1076/mocao_006-2009.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1077/mocao_007-2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1078/mocao_008-2009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1079/mocao_009-2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2223/1_plo_1-2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2224/1_plo_2-2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2225/1_plo_3-2009.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2226/1_plo_4-2009.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2227/1_plo_5-2009.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2228/1_plo_6-2009.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2229/1_plo_7-2009.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2230/1_plo_8-2009.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2231/1_plo_9-2009.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2232/1_plo_10-2009.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2233/1_plo_11-2009.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2234/1_plo_12-2009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2235/1_plo_13-2009.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2236/1_plo_14-2009.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2237/1_plo_15-2009.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2238/1_plo_16-2009.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2239/1_plo_17-2009.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2240/1_plo_18-2009.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2241/1_plo_19-2009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2242/1_plo_20-2009.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2243/1_plo_21-2009.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2244/1_plo_22-2009.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2245/1_plo_23-2009.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2246/1_plo_24-2009.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2247/1_plo_25-2009.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2248/1_plo_26-2009.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2249/1_plo_27-2009.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2250/1_plo_28-2009.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2251/1_plo_29-2009.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2252/1_plo_30-2009.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2253/1_plo_31-2009.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2254/1_plo_32-2009.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2255/1_plo_33-2009.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2256/1_plo_34-2009.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2257/1_plo_35-2009.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2258/1_plo_36-2009.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2259/1_plo_37-2009.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2260/1_plo_38-2009.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2261/1_plo_39-2009.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2262/1_plo_40-2009.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2263/1_plo_41-2009.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2264/1_plo_42-2009.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2265/1_plo_43-2009.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2266/1_plo_44-2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/851/indicacao_01-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/852/indicacao_02-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/853/indicacao_03-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/854/indicacao_04-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/855/indicacao_05-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/856/indicacao_06-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/857/indicacao_07-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/858/indicacao_08-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/859/indicacao_09-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/860/indicacao_10-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/861/indicacao_11-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/862/indicacao_12-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/863/indicacao_13-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/864/indicacao_14-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/865/indicacao_15-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/866/indicacao_16-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/867/indicacao_17-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/868/indicacao_18-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/869/indicacao_19-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/870/indicacao_20-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/871/indicacao_21-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/872/indicacao_22-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/873/indicacao_23-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/874/indicacao_24-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/875/indicacao_25-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/876/indicacao_26-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/877/indicacao_27-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/878/indicacao_28-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/879/indicacao_29-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/880/indicacao_30-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/881/indicacao_31-2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/882/indicacao_32-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/883/indicacao_33-2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/884/indicacao_34-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/885/indicacao_35-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/886/indicacao_36-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/887/indicacao_37-2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/888/indicacao_38-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/889/indicacao_39-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/890/indicacao_40-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/891/indicacao_41-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/892/indicacao_42-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/893/indicacao_43-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/894/indicacao_44-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/895/indicacao_45-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/896/indicacao_46-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/897/indicacao_47-2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/898/indicacao_48-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/899/indicacao_49-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/900/indicacao_50-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/901/indicacao_51-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/902/indicacao_52-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/903/indicacao_53-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/904/indicacao_54-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/905/indicacao_55-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/906/indicacao_56-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/907/indicacao_57-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/908/indicacao_58-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/909/indicacao_59-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/910/indicacao_60-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/911/indicacao_61-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/912/indicacao_62-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/913/indicacao_63-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/914/indicacao_64-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/915/indicacao_65-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/916/indicacao_66-2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/917/indicacao_67-2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/918/indicacao_68-2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/919/indicacao_69-2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/920/indicacao_70-2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/921/indicacao_71-2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/922/indicacao_72-2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/923/indicacao_73-2009.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/924/indicacao_74-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/925/indicacao_75-2009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/926/indicacao_76-2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/927/indicacao_77-2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/928/indicacao_78-2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/929/indicacao_79-2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/930/indicacao_80-2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/931/indicacao_81-2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/932/indicacao_82-2009.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/933/indicacao_83-2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/934/indicacao_84-2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/935/indicacao_85-2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/936/indicacao_86-2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/937/indicacao_87-2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/938/indicacao_88-2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/939/indicacao_89-2009.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/940/indicacao_90-2009.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/941/indicacao_91-2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/942/indicacao_92-2009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/943/indicacao_93-2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/944/indicacao_94-2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/945/indicacao_95-2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/946/indicacao_96-2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/947/indicacao_97-2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/948/indicacao_98-2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/949/indicacao_99-2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1067/mocao_001-2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1069/mocao_003-2009.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1073/mocao_004-2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1076/mocao_006-2009.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1077/mocao_007-2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1078/mocao_008-2009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/1079/mocao_009-2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2223/1_plo_1-2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2224/1_plo_2-2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2225/1_plo_3-2009.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2226/1_plo_4-2009.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2227/1_plo_5-2009.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2228/1_plo_6-2009.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2229/1_plo_7-2009.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2230/1_plo_8-2009.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2231/1_plo_9-2009.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2232/1_plo_10-2009.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2233/1_plo_11-2009.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2234/1_plo_12-2009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2235/1_plo_13-2009.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2236/1_plo_14-2009.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2237/1_plo_15-2009.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2238/1_plo_16-2009.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2239/1_plo_17-2009.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2240/1_plo_18-2009.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2241/1_plo_19-2009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2242/1_plo_20-2009.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2243/1_plo_21-2009.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2244/1_plo_22-2009.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2245/1_plo_23-2009.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2246/1_plo_24-2009.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2247/1_plo_25-2009.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2248/1_plo_26-2009.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2249/1_plo_27-2009.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2250/1_plo_28-2009.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2251/1_plo_29-2009.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2252/1_plo_30-2009.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2253/1_plo_31-2009.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2254/1_plo_32-2009.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2255/1_plo_33-2009.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2256/1_plo_34-2009.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2257/1_plo_35-2009.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2258/1_plo_36-2009.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2259/1_plo_37-2009.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2260/1_plo_38-2009.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2261/1_plo_39-2009.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2262/1_plo_40-2009.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2263/1_plo_41-2009.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2264/1_plo_42-2009.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2265/1_plo_43-2009.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2009/2266/1_plo_44-2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="215.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>