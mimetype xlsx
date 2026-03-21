--- v0 (2025-11-28)
+++ v1 (2026-03-21)
@@ -51,1056 +51,1056 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1/indicacao_01-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1/indicacao_01-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de demolir o prédio da antiga sede da EMATER e construir um prédio com uma base maior.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/2/indicacao_02-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/2/indicacao_02-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de trocar a caixa de água do Bairro do Turvo.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , Adão Marcos Fernandes, Antonio Carlos de Souza, Cynthia Caetano de Siqueira Brito, João Boanerges Martins, José Rolf Bueno dos Santos, Odair Claudinei da Silva, Teresinha de Fátima Fagundes Carvalho, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/3/indicacao_03-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/3/indicacao_03-2011.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam adotadas providências no sentido de cumprir a Portaria 3.178 de 19 de outubro de 2010 que fixa valor do incentivo de custeio referente a implantação de Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/4/indicacao_04-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/4/indicacao_04-2011.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de instalar os computadores da Associação do Bairro do Atirado.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/5/indicacao_05-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/5/indicacao_05-2011.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de se construir um vestiário ao lado do campo do Bairro do Atirado.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t xml:space="preserve">Leonardo Barreto da Silva </t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/6/indicacao_06-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/6/indicacao_06-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de melhorar a entrada da cidade próximo ao bairro Santa Catarina (arrumar a calçada, reboque do muro de proteção do gramado, plantio de flores).</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/7/indicacao_07-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/7/indicacao_07-2011.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de revisar o plano de cargos e salários dos funcionários públicos do município de Natércia.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/8/indicacao_08-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/8/indicacao_08-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência para que a escola municipal passe a ensinar o hino de Natércia para os alunos.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/983/indicacao_09-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/983/indicacao_09-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de conseguir um poço artesiano para o Bairro do Atirado.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/984/indicacao_10-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/984/indicacao_10-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de providenciar as redes de proteção para os dois ginásios poli esportivos.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/15/indicacao_11-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/15/indicacao_11-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de providenciar o acesso ao loteamento que faz divisa com a rua Manoel Lino dos Reis, canalizando a água e fazendo o aterro necessário.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/16/indicacao_12-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/16/indicacao_12-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de providenciar a confecção de placas de segurança para a zona rural, com os dizeres: "Área protegida pela Polícia Militar 24 horas".</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Teresinha de Fátima Fagundes Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/17/indicacao_13-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/17/indicacao_13-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de providenciar quebra-molas na rua Antônio Alves da Silva, localizada no loteamento do Tito.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/18/indicacao_14-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/18/indicacao_14-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade da limpeza do córrego paralelo a rua Benedito Bueno dos Santos.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/19/indicacao_15-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/19/indicacao_15-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de refazer o encanamento da rede de esgoto junto a COPASA na rua São Pedro nas proximidades do Supermercado Pagan e garagem da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/25/indicacao_16-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/25/indicacao_16-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de recuperação das vias públicas: José Honorato Vilas Boas (frente à Coopervas), Maria Duarte Vilas Boas (frente à casa da Dona Alzira).</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes, Antonio Carlos de Souza, João Boanerges Martins, José Rolf Bueno dos Santos, Leonardo Barreto da Silva , Maria Aureliza da Cruz Almeida, Odair Claudinei da Silva, Teresinha de Fátima Fagundes Carvalho, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/26/indicacao_17-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/26/indicacao_17-2011.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de construir uma residência para o senhor João Guilherme dos Santos.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/29/indicacao_18-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/29/indicacao_18-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de providenciar a limpeza do córrego onde também escoa o esgoto, na rua José Carneiro Junho, Bairro da Chapada.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/30/indicacao_19-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/30/indicacao_19-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de providenciar a limpeza das margens do Rio São Bernardo nas proximidades das residências da D. Thais, D. Cida, Sr. Edmundo, D. Maria das Graças, Dra. Juliana.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Maria Aureliza da Cruz Almeida</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/31/indicacao_20-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/31/indicacao_20-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de arrumar o meio fio da rua paralela à rua José Honorato Vilas Boas até a rua José de Souza Campos.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/32/indicacao_21-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/32/indicacao_21-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de construir um bueiro na rua José de Souza Campos, próximo à casa da D. Cidinha.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Teresinha de Fátima Fagundes Carvalho, Adão Marcos Fernandes, Antonio Carlos de Souza, João Boanerges Martins, José Rolf Bueno dos Santos, Leonardo Barreto da Silva , Maria Aureliza da Cruz Almeida, Odair Claudinei da Silva, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/46/indicacao_22-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/46/indicacao_22-2011.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja visto a possibilidade de aquisição do instrumento musical "Susafone Mi Bemol" para a Banda Lira Catarinense.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/52/indicacao_23-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/52/indicacao_23-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência quanto ao calçamento do jardim na Praça Justino Lisboa Carneiro.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/62/indicacao_24-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/62/indicacao_24-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de se elaborar um Plano de Contingência para o município de Natércia.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , Adão Marcos Fernandes, Antonio Carlos de Souza, José Rolf Bueno dos Santos, Maria Aureliza da Cruz Almeida, Odair Claudinei da Silva, Teresinha de Fátima Fagundes Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/63/indicacao_25-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/63/indicacao_25-2011.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de dedetizar as ruas e bueiros de nosso município, inclusive as repartições públicas e escolas.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/64/indicacao_26-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/64/indicacao_26-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de providenciar a aquisição de mesas e cadeiras para alunos de estatura intermediária.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/65/indicacao_27-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/65/indicacao_27-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de criar uma horta comunitária para atender as escolas municipais, hospital, etc.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/66/indicacao_28-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/66/indicacao_28-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de adquirir brinquedos (balanço, escorregadores, etc.) para a escola municipal.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/67/indicacao_29-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/67/indicacao_29-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de criar um viveiro de mudas de árvores no município.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/68/indicacao_30-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/68/indicacao_30-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de providenciar a poda dos galhos das palmeiras ou seu corte definitivo, na Praça Justino Lisboa Carneiro.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/69/indicacao_31-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/69/indicacao_31-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências para manter o cemitério aberto por um período maior pelo menos na véspera do feriado de Finados, solicita-se também providenciar um melhor acesso do cemitério novo para o cemitério velho e um corrimão na entrada do cemitério velho.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/70/indicacao_32-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/70/indicacao_32-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja verificada a possibilidade de providenciar uma escala de plantão para os motoristas com a finalidade de transportar os atletas nos finais de semanas.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/71/indicacao_33-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/71/indicacao_33-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada como medida de prevenção para fortes chuvas a possibilidade de comprar para o hospital um gerador de energia elétrica.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/72/indicacao_34-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/72/indicacao_34-2011.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de auxiliar com as contas de água e luz do senhor Tadeu Cassiano, conforme já feito nos anos anteriores.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1105/mocao_001-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1105/mocao_001-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOAQUIM LINO DE SIQUEIRA, pelos relevantes serviços prestados junto ao esporte .</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1106/mocao_002-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1106/mocao_002-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a Ilustríssima Sra. MARINA DUARTE DE VILAS BOAS, pelos relevantes serviços prestados a educação da zona rural do município de Natércia.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1107/mocao_003-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1107/mocao_003-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Reverendíssimo Sr. Padre JOSÉ ROBERTO DE SOUZA, padre do município Baependi, que nasceu e cresceu no município de Natércia.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/</t>
+    <t>http://sapl.natercia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. WALDEMIR EUFRÁSIO BERNARDES, pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1109/mocao_005-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1109/mocao_005-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Dr. CELSO TEIXEIRA DA SILVA, pelos relevantes serviços prestados aos cidadãos do município de Natércia na área da saúde.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>João Boanerges Martins</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1110/mocao_006-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1110/mocao_006-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. NELSON LINO DE SOUZA, pelos relevantes serviços prestados ao Legislativo do município de Natércia.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1111/mocao_007-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1111/mocao_007-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JUSTO RODRIGUES DE SIQUEIRA, pelos relevantes serviços prestados ao legislativo do município de Natércia.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1112/mocao_008-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1112/mocao_008-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOSÉ ANTÔNIO DOS REIS, pelos relevantes serviços prestados ao legislativo do município de Natércia.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1113/mocao_009-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1113/mocao_009-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOSÉ MENINO DA SILVA (ZICO DUCA), pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1114/mocao_010-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1114/mocao_010-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. CLAUDIO SILVA, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1115/mocao_011-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1115/mocao_011-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOSÉ EUFRÁSIO CARVALHO, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1116/mocao_012-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1116/mocao_012-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a Ilustríssima Sra. LEILA BUENO DOS SANTOS FREITAS, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1117/mocao_013-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1117/mocao_013-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. SARGENTO JOSÉ REINALDO MATEUS, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>José Rolf Bueno dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1118/mocao_014-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1118/mocao_014-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. BENEDITO PEREIRA DOS REIS, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1119/mocao_015-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1119/mocao_015-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a Ilustríssima Sra. CARMEM MARIANA FERNANDES DE VILAS BOAS, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1120/mocao_016-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1120/mocao_016-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. ADOLFO LINO DOS REIS, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1121/mocao_017-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1121/mocao_017-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. SEBASTIÃO ARANTES, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1122/mocao_018-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1122/mocao_018-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. VICENTE FERNANDES DA SILVA, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1123/mocao_019-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1123/mocao_019-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. VALDECIR LEANDRO DA SILVA, pelos relevantes serviços prestado a Escola Municipal Cel Goulart voluntariamente.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1124/mocao_020-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1124/mocao_020-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a Ilustríssima Sra. ESTER GOULART DOS REIS, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1125/mocao_021-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1125/mocao_021-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. VICENTE AUGUSTO DE SOUZA, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1126/mocao_022-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1126/mocao_022-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. CARLOS TEODORO DOS REIS, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1127/mocao_023-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1127/mocao_023-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. FRANCISCO DE ASSIS CARVALHO, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1128/mocao_024-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1128/mocao_024-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOSÉ LINO INÁCIO, pelos relevantes serviços ao município de Natércia.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1129/mocao_025-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1129/mocao_025-2011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a Ilustríssima Sra. EVA MARIA DOS SANTOS, pelos relevantes serviços ao município de Natércia.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA SECRETÁRIA MUNICIPAL DE TURISMO E CULTURA NA ADMINISTRAÇÃO DA PREFEITURA MUNICIPAL DE NATÉRCIA - MG E DÁ OUTRAS PROVIDENCIAS"</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS COMISSIONADOS NA ADMINISTRAÇÃO DA PREFEITURA MUNICIPAL DE NATÉRCIA (MG) E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>"LEI GERAL MUNICIPAL DA MICROEMPRESA, EMPRESA DE PEQUENO PORTE E DO MICROEMPREENDEDOR INDIVIDUAL".</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/9/1_plo_1-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/9/1_plo_1-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O PROJETO &amp;#8220;ALUGUEL SOCIAL&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/20/1_plo_2-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/20/1_plo_2-2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AVALIAÇÃO DE DESEMPENHO DOS SERVIDORES EFETIVOS DA EDUCAÇÃO E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/21/1_plo_3-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/21/1_plo_3-2011.pdf</t>
   </si>
   <si>
     <t>&lt;P ALIGN="JUSTIFY" CLASS="WESTERN"&gt;AUTORIZA O MUNICÍPIO DE NATÉRCIA (MG) A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A &amp;#8211; BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.&lt;/P&gt;</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/22/1_plo_4-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/22/1_plo_4-2011.pdf</t>
   </si>
   <si>
     <t>&lt;P ALIGN="JUSTIFY" CLASS="WESTERN"&gt;&amp;#8220;DISPÕE SOBRE A UTILIZAÇÃO DO "GINÁSIO POLIESPORTIVO JOSÉ LINO FILHO", &amp;#8220;GINÁSIO POLIESPORTIVO JORGE ANACLETO&amp;#8221; E &amp;#8220;RESTAURANTE DO PARQUE DE EXPOSIÇÃO OSCAR LINO DOS REIS&amp;#8221; PARA A REALIZAÇÃO DE EVENTOS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;&lt;/P&gt;</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/45/1_plo_5-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/45/1_plo_5-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DOAÇÃO DE IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO À COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS &amp;#8211; COHAB-MG, NA FORMA E CONDIÇÕES QUE ESPECIFICA&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/24/1_plo_6-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/24/1_plo_6-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA LEI MUNICIPAL 1.097 DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2010 A 2013, ALTERA LEI MUNICIPAL 1111 DE 02 DE JUNHO DE 2010 (LEI DE DIRETRIZES ORÇAMENTARIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2011 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCICIO FINANCEIRO DE 2011."</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/27/1_plo_7-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/27/1_plo_7-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI MUNICIPAL Nº. 1.097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL Nº. 1111, DE 02 DE JUNHO DE 2010 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2011 &amp;#8211; CONSTRUÇÃO DE GALERIAS FLUVIAIS&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/28/1_plo_8-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/28/1_plo_8-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI MUNICIPAL Nº. 1.097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL Nº. 1111, DE 02 DE JUNHO DE 2010 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2011- CONSTRUÇÃO DE QUADRA DA ESCOLA MUNICIPAL CORONEL GOULART&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/33/1_plo_9-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/33/1_plo_9-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2012 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/34/1_plo_10-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/34/1_plo_10-2011.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE NATÉRCIA (MG) A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A &amp;#8211; BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/35/1_plo_11-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/35/1_plo_11-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DE SUBSÍDIOS AOS AGENTES POLÍTICOS MUNICIPAIS E ESTABELECE OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/36/1_plo_12-2009.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/36/1_plo_12-2009.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE NATÉRCIA.&amp;#8221;</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/37/1_plo_13-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/37/1_plo_13-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DECLARA E RECONHECE COMO ENTIDADE DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DOS AGRICULTORES FAMILIARES DA SERRA DAS MINAS E REGIÃO - AGRIFAM&amp;#8221;.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/38/1_plo_14-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/38/1_plo_14-2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REGULAMENTO DE LOTEAMENTOS E TERRENOS URBANOS NO MUNICÍPIO DE NATÉRCIA E DA OUTRAS PROVIDENCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/39/1_plo_15-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/39/1_plo_15-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE APOIO FINANCEIRO A ATLETAS PRATICANTES DO ESPORTE DE ALTO RENDIMENTO EM MODALIDADES ESPORTIVAS, OLÍMPICAS E PARAOLÍMPICAS VINCULADAS AO COMITÊ OLÍMPICO E PARAOLÍMPICO BRASILEIRO (COB) &amp;#8211; BOLSA-ATLETA -.&amp;#8221;</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/40/1_plo_16-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/40/1_plo_16-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA OS VALORES DO ANEXO DA LEI Nº 975/06, DE 18 DE ABRIL DE 2006.&amp;#8221;</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/42/1_plo_17-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/42/1_plo_17-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DÁ DENOMINAÇÃO AO CONJUNTO HABITACIONAL&amp;#8221;</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/43/1_plo_18-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/43/1_plo_18-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ATRIBUI DENOMINAÇÃO A VIAS PÚBLICAS DO MUNICÍPIO DE NATÉRCIA - MG.&amp;#8221;</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/44/1_plo_19-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/44/1_plo_19-2011.pdf</t>
   </si>
   <si>
     <t>"Atribui denominação a Vias Públicas do Município de Natércia - MG."</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/49/1_plo_20-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/49/1_plo_20-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA DISPOSITIVO DA LEI 1006/2007, QUE DISPÕE SOBRE A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESEMVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO-CONSELHO DO FUNDEB.&amp;#8221;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/50/1_plo_21-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/50/1_plo_21-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DECLARA E RECONHECE COMO ENTIDADE DE UTILIDADE PÚBLICA MUNICIPAL O PROJETO SONHO FELIZ &amp;#8211; PROSOFE&amp;#8221;</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/53/1_plo_22-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/53/1_plo_22-2011.pdf</t>
   </si>
   <si>
     <t>"CONCEDE À COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS - COHAB/MG ISENÇÃO TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/55/1_plo_23-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/55/1_plo_23-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES E DA OUTRAS PROVIDENCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/56/1_plo_24-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/56/1_plo_24-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A INCLUSÃO DE AÇÕES E ADEQUAÇÃO DE VALORES DO PPA PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA 2012&amp;#8221;</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/57/1_plo_25-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/57/1_plo_25-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI MUNICIPAL Nº. 1146 DE 08 DE JUNHO DE 2011 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2012&amp;#8221;</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/58/1_plo_26-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/58/1_plo_26-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATÉRCIA &amp;#8211; MG PARA O EXERCÍCIO FINANCEIRO DE 2012.&amp;#8221;.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/59/1_plo_27-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/59/1_plo_27-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O CONSELHO MUNICIPAL DE ALIMENTAÇÃO ESCOLAR E DÁ OUTRAS PROVIDENCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/60/1_plo_28-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/60/1_plo_28-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI MUNICIPAL Nº. 1097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL Nº. 1111, DE 02 DE JUNHO DE 2010 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRA ÀS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011 E AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2011".</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/61/1_plo_29-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/61/1_plo_29-2011.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A PROMOVER DOAÇÕES DE IMÓVEIS DE SUA PROPRIEDADE E OUTROS BENEFÍCIOS PARA FAMÍLIAS DE BAIXA RENDA, E DA OUTRAS PROVIDENCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/73/1_plo_30-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/73/1_plo_30-2011.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA INTEGRADO DE SAUDE E HIGIENE AS ESCOLAS DA REDE MUNICIPAL DE ENSINO."</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/74/1_plo_31-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/74/1_plo_31-2011.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MINICIPAL A INSTALAR LIXEIRA COLETIVAS, E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/75/1_plo_32-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/75/1_plo_32-2011.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N°1.097,DE 02 DE DEZEMBRO DE 2009 ( LEI DO PLANO PLURIANUAL)QUE DISPÕEM SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2010 A 2013 , ALTERA A LEI MUNICIPAL N° 1111, DE 02 DE JUNHO DE 2010 (LEI DE DIRETRIZES ORÇAMENTERIAS ) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2011 E AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2011."</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/76/1_plo_33-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/76/1_plo_33-2011.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N°1.097 , DE 02 DE DEZENBRO DE 2009 (LEI DO PLANO PLURIAL ) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2010 A 2013 , ALTERA A LEI MUNICIPAL N°1.111 , DE 02 DE JUNHO DE 2010 (LEI DE DIRETRIZES ORÇAMENTARIA )  QUE DISPÕE SOBRE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2011 E AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2011."</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/77/1_plo_34-2011.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/77/1_plo_34-2011.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N°1.097, DE 02 DE DEZEMBRO DE 2009 ( LEI DO PLANO PLURIANUAL )QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL Nº 1.111, DE 02 DE JUNHO DE 2010(LEI DIRETRIZES ORÇAMENTARIAS)QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2011 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCICIO FINANCEIRO DE 2011."</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CRIA O PROGRAMA INTERNET DO CIDADÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE NATÉRCIA MG E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O USO DE UNIFORMES AOS SERVIDORES DA CASA,  NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE NATÉRCIA - MG E NOS EVENTOS EM QUE SE FAÇA REPRESENTAR E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220; DISPÕE SOBRE CRIAÇÃO DO SITE OFICIAL DA CÂMARA MUNICIPAL DE  NATÉRCIA MG,  E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2009, DO MUNICÍPIO DE NATÉRCIA &amp;#8211; MG&amp;#8221;.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2007, DO MUNICÍPIO DE NATÉRCIA- MG&amp;#8221;</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220; DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2006, DO MUNICÍPIO DE NATÉRCIA-MG&amp;#8221;</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO HONORARIO DE NATERCIANO Á PESSOA QUE ESPECIFICA"</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO HONORÁRIO BENEMÉRITO AO AGRACIADO QUE MENCIONA, E DA OUTRAS PROVIDENCIAS."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1407,67 +1407,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1/indicacao_01-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/2/indicacao_02-2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/3/indicacao_03-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/4/indicacao_04-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/5/indicacao_05-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/6/indicacao_06-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/7/indicacao_07-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/8/indicacao_08-2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/983/indicacao_09-2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/984/indicacao_10-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/15/indicacao_11-2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/16/indicacao_12-2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/17/indicacao_13-2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/18/indicacao_14-2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/19/indicacao_15-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/25/indicacao_16-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/26/indicacao_17-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/29/indicacao_18-2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/30/indicacao_19-2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/31/indicacao_20-2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/32/indicacao_21-2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/46/indicacao_22-2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/52/indicacao_23-2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/62/indicacao_24-2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/63/indicacao_25-2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/64/indicacao_26-2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/65/indicacao_27-2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/66/indicacao_28-2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/67/indicacao_29-2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/68/indicacao_30-2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/69/indicacao_31-2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/70/indicacao_32-2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/71/indicacao_33-2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/72/indicacao_34-2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1105/mocao_001-2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1106/mocao_002-2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1107/mocao_003-2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1109/mocao_005-2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1110/mocao_006-2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1111/mocao_007-2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1112/mocao_008-2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1113/mocao_009-2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1114/mocao_010-2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1115/mocao_011-2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1116/mocao_012-2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1117/mocao_013-2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1118/mocao_014-2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1119/mocao_015-2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1120/mocao_016-2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1121/mocao_017-2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1122/mocao_018-2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1123/mocao_019-2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1124/mocao_020-2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1125/mocao_021-2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1126/mocao_022-2011.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1127/mocao_023-2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1128/mocao_024-2011.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1129/mocao_025-2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/9/1_plo_1-2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/20/1_plo_2-2011.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/21/1_plo_3-2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/22/1_plo_4-2011.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/45/1_plo_5-2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/24/1_plo_6-2011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/27/1_plo_7-2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/28/1_plo_8-2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/33/1_plo_9-2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/34/1_plo_10-2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/35/1_plo_11-2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/36/1_plo_12-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/37/1_plo_13-2011.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/38/1_plo_14-2011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/39/1_plo_15-2011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/40/1_plo_16-2011.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/42/1_plo_17-2011.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/43/1_plo_18-2011.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/44/1_plo_19-2011.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/49/1_plo_20-2011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/50/1_plo_21-2011.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/53/1_plo_22-2011.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/55/1_plo_23-2011.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/56/1_plo_24-2011.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/57/1_plo_25-2011.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/58/1_plo_26-2011.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/59/1_plo_27-2011.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/60/1_plo_28-2011.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/61/1_plo_29-2011.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/73/1_plo_30-2011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/74/1_plo_31-2011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/75/1_plo_32-2011.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/76/1_plo_33-2011.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/77/1_plo_34-2011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1/indicacao_01-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/2/indicacao_02-2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/3/indicacao_03-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/4/indicacao_04-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/5/indicacao_05-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/6/indicacao_06-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/7/indicacao_07-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/8/indicacao_08-2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/983/indicacao_09-2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/984/indicacao_10-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/15/indicacao_11-2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/16/indicacao_12-2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/17/indicacao_13-2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/18/indicacao_14-2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/19/indicacao_15-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/25/indicacao_16-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/26/indicacao_17-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/29/indicacao_18-2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/30/indicacao_19-2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/31/indicacao_20-2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/32/indicacao_21-2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/46/indicacao_22-2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/52/indicacao_23-2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/62/indicacao_24-2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/63/indicacao_25-2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/64/indicacao_26-2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/65/indicacao_27-2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/66/indicacao_28-2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/67/indicacao_29-2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/68/indicacao_30-2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/69/indicacao_31-2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/70/indicacao_32-2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/71/indicacao_33-2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/72/indicacao_34-2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1105/mocao_001-2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1106/mocao_002-2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1107/mocao_003-2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1109/mocao_005-2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1110/mocao_006-2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1111/mocao_007-2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1112/mocao_008-2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1113/mocao_009-2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1114/mocao_010-2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1115/mocao_011-2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1116/mocao_012-2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1117/mocao_013-2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1118/mocao_014-2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1119/mocao_015-2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1120/mocao_016-2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1121/mocao_017-2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1122/mocao_018-2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1123/mocao_019-2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1124/mocao_020-2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1125/mocao_021-2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1126/mocao_022-2011.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1127/mocao_023-2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1128/mocao_024-2011.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/1129/mocao_025-2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/9/1_plo_1-2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/20/1_plo_2-2011.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/21/1_plo_3-2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/22/1_plo_4-2011.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/45/1_plo_5-2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/24/1_plo_6-2011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/27/1_plo_7-2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/28/1_plo_8-2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/33/1_plo_9-2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/34/1_plo_10-2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/35/1_plo_11-2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/36/1_plo_12-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/37/1_plo_13-2011.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/38/1_plo_14-2011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/39/1_plo_15-2011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/40/1_plo_16-2011.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/42/1_plo_17-2011.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/43/1_plo_18-2011.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/44/1_plo_19-2011.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/49/1_plo_20-2011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/50/1_plo_21-2011.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/53/1_plo_22-2011.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/55/1_plo_23-2011.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/56/1_plo_24-2011.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/57/1_plo_25-2011.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/58/1_plo_26-2011.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/59/1_plo_27-2011.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/60/1_plo_28-2011.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/61/1_plo_29-2011.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/73/1_plo_30-2011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/74/1_plo_31-2011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/75/1_plo_32-2011.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/76/1_plo_33-2011.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2011/77/1_plo_34-2011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="227.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>