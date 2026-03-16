--- v0 (2025-11-28)
+++ v1 (2026-03-16)
@@ -54,672 +54,672 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Teresinha de Fátima Fagundes Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/91/indicacao_01-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/91/indicacao_01-2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de refazer a ponte do Bairro da Cachoeirinha, que dá acesso a chácara do senhor João Pascoal.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/92/indicacao_02-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/92/indicacao_02-2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de regularizar a situação dos servidores efetivos da educação que não possuem Pedagogia ou Normal Superior, no que tange ao anexo V – Cargos em Extinção da Lei Complementar 012/2010.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes, Antonio Carlos de Souza, João Boanerges Martins, José Rolf Bueno dos Santos, Leonardo Barreto da Silva , Maria Aureliza da Cruz Almeida, Odair Claudinei da Silva, Teresinha de Fátima Fagundes Carvalho, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/93/indicacao_03-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/93/indicacao_03-2012.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja verificada a possibilidade de se criar uma feira de artesanato com os produtos feitos pelos membros do Centro de Referência de Assistência Social (CRAS).</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/94/indicacao_04-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/94/indicacao_04-2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de melhorias no velório municipal: toldo no portão da rua até a porta do velório, aquisição de cadeiras, reparo das descargas dos banheiros, ventiladores.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/97/indicacao_05-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/97/indicacao_05-2012.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de recuperar os calçamentos nas ruas da cidade, principalmente as do bairro Santa Catarina e Conjunto Habitacional Prefeito Luis Lopes Fernandes.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/98/indicacao_06-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/98/indicacao_06-2012.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de limpezas e pintura de meio fio das ruas.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/99/indicacao_07-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/99/indicacao_07-2012.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de dedetizar as ruas e bueiros de nosso município, inclusive as repartições públicas e escolas.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/101/indicacao_08-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/101/indicacao_08-2012.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providência no sentido de limpar o córrego iniciando na rua Joaquim Porcino, passando pela rua São Pedro até o rio São Bernardo. E também do córrego na rua Benedito Bueno dos Santos.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/113/indicacao_09-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/113/indicacao_09-2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja colocado no calendário da secretaria de esportes o campeonato de Downhill realizado este ano no Bairro do Atirado.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/106/indicacao_10-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/106/indicacao_10-2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de cascalhar a estrada no Bairro dos Mineiros.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/995/indicacao_11-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/995/indicacao_11-2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de passar máquina na estrada do Guandu que dá acesso ao cafezal do senhor Heleno, irmão do senhor Ataíde.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>José Rolf Bueno dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/122/indicacao_13-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/122/indicacao_13-2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que a Vigilância Sanitária interceda junto aos comércios locais que possuem apenas um banheiro unissex para que esses tomem providências na construção de banheiros separados femininos e masculinos.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1131/mocao_001-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1131/mocao_001-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. GUIDO RAIMUNDO DO VALE, pelos relevantes serviços prestados junto ao município.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>Maria Aureliza da Cruz Almeida</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1132/mocao_002-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1132/mocao_002-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOSÉ LINO DE SOUZA, pelos relevantes serviços prestados junto ao legislativo municipal.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1133/mocao_003-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1133/mocao_003-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. BENEDITO BUENO DE VILAS BOAS, pelos relevantes serviços prestados junto ao município.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>Adão Marcos Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1134/mocao_004-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1134/mocao_004-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a Ilustríssima Sra. CAMILA DARC FERNANDES SIQUEIRA, pelos relevantes serviços prestados junto ao legislativo municipal.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>João Boanerges Martins</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1135/mocao_005-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1135/mocao_005-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. PAULO MOISÉS DE SOUZA, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1136/mocao_006-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1136/mocao_006-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOAQUIM RIBEIRO GOULART, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1137/mocao_007-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1137/mocao_007-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. JOSÉ FERNANDES, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t xml:space="preserve">Leonardo Barreto da Silva </t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1138/mocao_008-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1138/mocao_008-2012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao Ilustríssimo Sr. SILVIANO REIS DO VALE, pelos relevantes serviços prestados ao município de Natércia.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1139/mocao_009-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1139/mocao_009-2012.pdf</t>
   </si>
   <si>
     <t>MARIA APARECIDA LISBOA GALLO MOREIRA, pelos relevantes serviços a educação do município de Natércia.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.jpeg</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.jpeg</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ART.23DA LEI ORGÂNICA MUNICIPAL."</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PISO SALARIAL PARA OS PROFISSIONAIS DO MAGISTERIO PUBLICO, ATIVO E INATIVO DO MUNICIPIO DE NATÉRCIA MG  E DA OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REFORMA ADMINISTRATIVA DOS CARGOS EFETIVOS DA PREFEITURA MUNICIPAL DE NATÉRCIA-MG E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/83/1_plo_01-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/83/1_plo_01-2012.pdf</t>
   </si>
   <si>
     <t>"DECLARA E RECONHECE COMO ENTIDADE DE UTILIDADE PÚBLICA MUNICIPAL O CATARINENSE ESPORTE CLUBE ."</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/88/1_plo_2-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/88/1_plo_2-2012.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº1.097, DE 02 DE DEZEMBRO DE 2009 ( LEI DO PLANO PLURIANUAL )QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2010A 2013, ALTERA A LEI MUNICIPAL Nº1146, DE 08 DE JUNHO DE 2011 (LEI DE DIRETRIZES ORÇAMENTARIAS )QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2012 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2012."</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/85/1_plo_3-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/85/1_plo_3-2012.pdf</t>
   </si>
   <si>
     <t>" CONCEDE O AUMENTO REAL NO SALÁRIO BÁSICO MENSAL DOS CARGOS DE DIREÇÃO DOS SERVIDORES PUBLICOS  DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE NATÉRCIA."</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/86/1_plo_4-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/86/1_plo_4-2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULAMENTAÇÃO DO ADICIONAL POR TEMPO DE SERVIÇO DOS FUNCIONARIOS PUBLICOS DO MUNICIPIO CE NATÉRCIA (MG)E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/87/1_plo_5-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/87/1_plo_5-2012.pdf</t>
   </si>
   <si>
     <t>"DÁ  DENOMINAÇÃO AO CONJUNTO HABITACIONAL."</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/96/1_plo_6-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/96/1_plo_6-2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA  DE 2013E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/95/1_plo_7-2012_.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/95/1_plo_7-2012_.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ALIENAÇÃO DE TERRENO DA PREFEITURA MUNICIPAL DE NATÉRCIA (MG) E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/111/1_plo_8-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/111/1_plo_8-2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DO SUBSÍDIOS AOS AGENTES POLITICOS MUNICIPAIS E ESTEBELECE OUTRAS PROVEDÊNCIA."</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/110/1_plo_9-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/110/1_plo_9-2012.pdf</t>
   </si>
   <si>
     <t>" CONCEDE REVISÃO GERAL ANUAL DA RENUMERAÇÃO DOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DA CÂMAR MUNICIPAL DE ATÉRCIA."</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/103/1_plo_10-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/103/1_plo_10-2012.pdf</t>
   </si>
   <si>
     <t>" ALTERA A LEI MUNICIPAL Nº1.097, DE 02 DE DEZEMBRO DE 2009 ( LEI DO PLANO PLURIANUAL ) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2010 A 2013 , ALTERA A LEI MUNICIPAL Nº1146,DE 08 DE JUNHO DE 2011 ( LEI DE DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2012 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2012."</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/104/1_plo_11-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/104/1_plo_11-2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICIPIO DE NATERCIA (MG) A PARTICIPAR DO CONSÓRCIO INTERMUNICIPAL DE SAUDE PARA GERENCIAMENTO DOS SERVIDORES DE ATENDIMENTO DE URGÊNCIA E EMERGÊNCIA E AÇÕES DE EDUCAÇÃO PERMANENTE EM URGÊNCIA E EMERGÊNCIANA REGIÃO MACRO SUL."</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/108/1_plo_12-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/108/1_plo_12-2012.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE NATÉRCIA (MG) , CONFORME MATRÍCULA Nº1.492 COM IMÓVEL DE PROPRIEDADE DO SENHOR FRANCISCO ALVES DOS REIS ,MATRÍCULA Nº1.466 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/109/1_plo_13-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/109/1_plo_13-2012.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE NATÉRCIA PARA O MANDATO VIGENTE A PARTIR DE 01/01/2013 A 31/12/2016."</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/115/1_plo_14-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/115/1_plo_14-2012.pdf</t>
   </si>
   <si>
     <t>" ALTERA A LEI MUNICIPAL Nº 1.097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2010 A 1013 , ALTERA A LEI MUNICIPAL Nº1146 , DE 08 DE JUNHO DE 2011 (LEI DE DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2012 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE EXERCÍCIO FINANCEIRO DE 2012."</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/116/1_plo_15-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/116/1_plo_15-2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXILIOS E CONTRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/117/1_plo_16-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/117/1_plo_16-2012.pdf</t>
   </si>
   <si>
     <t>"ALTORIZA A INCLUSÃO DE AÇÕES E ADEQUAÇÃO DE VALORES DO PPA PARA ELABORAÇÃO DA LEI ORÇAMENTARIA 2013."</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/118/1_plo_17-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/118/1_plo_17-2012.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº1177, DE 20 DE JUNHO DE 2012 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA PROPOSTA ORÇAMENTÁRIA PARA E EXERCÍCIO FINANCEIRO DE 2013."</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/121/1_plo_18-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/121/1_plo_18-2012.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATÉRCIA MG , PARA O EXERCÍCIO FINACEIRO DE 2013."</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/124/1_plo_19-2023.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/124/1_plo_19-2023.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA A ALIENAÇÃO DE TERRENOS DA PREFEITURA MUNICIPAL DE NATÉRCIA ( MG ) E DÁ OUTRAS PROVIDÊNCIAS ."</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/125/1_plo_20-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/125/1_plo_20-2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA O MUNICÍPIO DE NATÉRCIA PARCELAR AA DIVIDAS DE SUAS RESPONSABILIDADES, RELATIVAS AS CONTRIBUIÇÕES SOCIAIS E PREVIDENCIARIAS, DEVIDAS JUNTO Á FAZENDA PÚBLICA NACIONAL,NA FORMA DA MEDIDA PROVISÓRIA N.589, DE 13 DE DEZEMBRO DE 2012, E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/126/1_plo_21-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/126/1_plo_21-2012.pdf</t>
   </si>
   <si>
     <t>" ALTERA A LEI MUNICIPAL Nº1.097, DE 02 DE DEZEMBRO DE 2009 ( LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL DE Nº 1146, DE 08 DE JUNHO DE 2011 ( LEI DE DIRETRIZES ORÇAMENTARIAS )QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2012 E AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2012."</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/127/1_plo_22-2012.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/127/1_plo_22-2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENO E CONSTRUÇÃO DE IMÓVEL RESIDENCIAL CONFORME ACORDO JUDICIAL, NA FORMA E CONDIÇÕES QUE ESPECIFICA."</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/</t>
+    <t>http://sapl.natercia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DO SUBSÍDIOS AOS AGENTES POLITICOS MUNICIPAIS E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza, Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DEFINE COMO SEDE OFICIAL DA CÂMARA MUNICIPAL DE NATERCIA -MG , O PRÉDIO NA PRAÇA PREFEITO ANTÓNIO VIRGILIO DA SILVA Nº180."</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL ,REFERENTE AO EXERCÍCIO FINANCEIRO DE 2005,DO MUNICÍPIO  DE NATERCÍA-MG."</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>"ALTERA ART.23 DA RESOLUÇÃO 258/2006 QUE DISPÕE SOBRE O REGULAMENTO INTERNO  DA CÂMARA MUNICIPAL."</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE O APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL , REFERENTE AO EXERCÍCIO FINANCEIRO DE 2010 DO MUNICÍPIO DE NATERCIA MG."</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>" DÁ SE O NOME DO PLENÁRIO DA CÂMARA MUNICIPAL DE NATERCIA MG _VEREADOR ANTÔNIO TEODORO ARAÚJO."</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL,REFERENTE AO EXERCÍCIO FIANCEIRO DE 2012 , DO MUNICIPIO DE NATÉRCIA MG ."</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A APROVALÇÃO DE CONTAS DO EXERCÍCIO MUNICIPAL ,REFERENTE AO EXERCÍCIO FINANCEIRO DE 2003, DO MUNICÍPIO DE NATÉRCIA _MG."</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ-SE O NOME AO PLENÁRIO DA CÂMARA MUNICIPAL DE NATÉRCIA-MG VEREADOR  ANTÔNIO TEODORO ARAÚJO."</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL , REFERENTE AO EXERCÍCIO FINANCEIRO DE 2003, DO MUNICÍPIO DE NATÉRCIA MG."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1026,67 +1026,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/91/indicacao_01-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/92/indicacao_02-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/93/indicacao_03-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/94/indicacao_04-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/97/indicacao_05-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/98/indicacao_06-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/99/indicacao_07-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/101/indicacao_08-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/113/indicacao_09-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/106/indicacao_10-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/995/indicacao_11-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/122/indicacao_13-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1131/mocao_001-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1132/mocao_002-2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1133/mocao_003-2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1134/mocao_004-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1135/mocao_005-2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1136/mocao_006-2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1137/mocao_007-2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1138/mocao_008-2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1139/mocao_009-2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/83/1_plo_01-2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/88/1_plo_2-2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/85/1_plo_3-2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/86/1_plo_4-2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/87/1_plo_5-2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/96/1_plo_6-2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/95/1_plo_7-2012_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/111/1_plo_8-2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/110/1_plo_9-2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/103/1_plo_10-2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/104/1_plo_11-2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/108/1_plo_12-2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/109/1_plo_13-2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/115/1_plo_14-2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/116/1_plo_15-2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/117/1_plo_16-2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/118/1_plo_17-2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/121/1_plo_18-2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/124/1_plo_19-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/125/1_plo_20-2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/126/1_plo_21-2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/127/1_plo_22-2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/91/indicacao_01-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/92/indicacao_02-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/93/indicacao_03-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/94/indicacao_04-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/97/indicacao_05-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/98/indicacao_06-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/99/indicacao_07-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/101/indicacao_08-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/113/indicacao_09-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/106/indicacao_10-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/995/indicacao_11-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/122/indicacao_13-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1131/mocao_001-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1132/mocao_002-2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1133/mocao_003-2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1134/mocao_004-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1135/mocao_005-2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1136/mocao_006-2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1137/mocao_007-2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1138/mocao_008-2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/1139/mocao_009-2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/89/89_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/83/1_plo_01-2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/88/1_plo_2-2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/85/1_plo_3-2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/86/1_plo_4-2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/87/1_plo_5-2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/96/1_plo_6-2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/95/1_plo_7-2012_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/111/1_plo_8-2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/110/1_plo_9-2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/103/1_plo_10-2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/104/1_plo_11-2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/108/1_plo_12-2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/109/1_plo_13-2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/115/1_plo_14-2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/116/1_plo_15-2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/117/1_plo_16-2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/118/1_plo_17-2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/121/1_plo_18-2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/124/1_plo_19-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/125/1_plo_20-2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/126/1_plo_21-2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2012/127/1_plo_22-2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="225" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>