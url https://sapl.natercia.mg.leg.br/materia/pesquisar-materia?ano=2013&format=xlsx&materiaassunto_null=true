--- v0 (2025-11-28)
+++ v1 (2026-03-22)
@@ -54,592 +54,592 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Elenice Maria Chaves Evangelista</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de: aterrar a ponte do Bairro dos Fagundes, a limpeza das saídas de água onde serão colocados o aterro, arrumar três pontos críticos da estrada principal onde os carros estão atolando, limpeza de dois bueiros.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Donizetti Fernades dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no sentido de fazer uma revisão do salário-base de cada categoria profissional ressalvando as vantagens de caráter individual e as relativas a natureza ou local de trabalho.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência sobre o regime de trabalho 12/36 que estão submetidos os funcionários do hospital.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar o repasse que foi concedido pela Lei Municipal 1183/2012 a Associação Comunitária Rádio Clube de Natércia.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE NATÉRCIA E ESTABELE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"ALTERA A LEI COMPLEMENTAR 04/2008 (ESTATUTO DOS SERVIDORES PÚBLICOS) E DÁ OUTRAS PROVIDÊNCIAS." _x000D_
 </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>"EXTINGUE CARGO DE MÉDICO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REAJUSTE AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE NATÉRCIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUMENTA A CARGA HORÁRIA E VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REAJUSTE AOS AGENTES COMUNITÁRIOS DE SAÚDE DO PODER EXECUTIVO DO MUNICÍPIO DE NATÉRCIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA REGIME DE TRABALHO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A REESTRUTURAR O CARGO DE ASSESSOR ESPECIAL DE CONTROLE INTERNO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS INCISOS VI, VII E PARÁGRAFO ÚNICO DO ARTIGO 5º, DA LEI COMPLEMENTAR Nº 12, DE 05 DE MARÇO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AUMENTO REAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DE NATÉRCIA, LOTADOS NO CARGO DE PROFESSOR E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS E VAGAS PARA A REALIZAÇÃO DE CONCURSO PÚBLICO NA ADMINISTRAÇÃO MUNICIPAL, ALTERA CARGA HORÁRIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A MAJORAR A CARGA HORÁRIA E SALÁRIO DO CARGO EM EXTINÇÃO DE MÉDICO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AUMENTO REAL AOS SERVIDORES PÚBLICOS MUNICIPAIS DE NATÉRCIA, LOTADOS NO CARGO DE ESPECIALISTA EM EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE ANISTIA DE MULTA E JUROS DOS CRÉDITOS TRIBUTÁRIOS E DOS PERÍODOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO CARGO DE PROVIMENTO EM COMISSÃO DE ASSESSOR JURÍDICO LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/130/1_plo_1-2023.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/130/1_plo_1-2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA ASSINAR PARCELAMENTO DE DÉBITO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/148/1_plo_2-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/148/1_plo_2-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 1.097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLUARIANUAL PARA O PERÍODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL N° 1.177, DE 20 DE JUNHO DE 2012 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2013 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2013."</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/137/1_plo_3-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/137/1_plo_3-2013.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO EM VIA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/138/1_plo_4-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/138/1_plo_4-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL 1003/2007."</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/139/1_plo_5-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/139/1_plo_5-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL Nº 1177, DE 20 DE JUNHO DE 2012 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2013 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2013."</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/145/1_plo_6-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/145/1_plo_6-2013.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO EM VIAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/146/1_plo_7-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/146/1_plo_7-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2014 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/149/1_plo_8-2023.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/149/1_plo_8-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O ADIANTAMENTO DE DESPESAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/150/1_plo_9-2023.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/150/1_plo_9-2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR ÁREA DESAFETADA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/151/1_plo_10-2023.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/151/1_plo_10-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DE SUBSÍDIOS AOS AGENTES POLÍTICOS MUNICIPAIS E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/152/1_plo_11-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/152/1_plo_11-2013.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE NATÉRCIA."</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/153/1_plo_12-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/153/1_plo_12-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N°1.097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL N°1.777, DE 20 DE JUNHO DE 2012 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2013 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/157/1_plo_13-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/157/1_plo_13-2013.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AUMENTO REAL."</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/158/1_plo_14-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/158/1_plo_14-2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A VENDER ÁREA DESAFETADA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/159/1_plo_15-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/159/1_plo_15-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA O CAPUT DO ART. 2º, DA LEI Nº 1119, DE 23 DE JUNHO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/160/1_plo_16-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/160/1_plo_16-2013.pdf</t>
   </si>
   <si>
     <t>CRIA PARÁGRAFO E ALTERA INCISO NA LEI MUNICIPAL 1143 DE 19 DE MAIO DE 2011."</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/161/1_plo_17-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/161/1_plo_17-2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DESTINAR APOIO FINANCEIRO A CIDADÃO QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/163/1_plo_18-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/163/1_plo_18-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA DENOMINAÇÃO DE LOGRADOURO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/170/1_plo_19-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/170/1_plo_19-2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/171/01_plo_20-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/171/01_plo_20-2013.pdf</t>
   </si>
   <si>
     <t>"PROJETO DE LEI DO PLANO PLURIANUAL PARA O QUADRIÊNIO 2014 A 2017."</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/172/1_plo_21-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/172/1_plo_21-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N.º 1197, DE 19 JUNHO DE 2013 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2014."</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/173/1_plo_22-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/173/1_plo_22-2013.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATÉRCIA - MG, PARA O EXERCÍCIO FINANCEIRO DE 2014."</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/174/1_plo_23-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/174/1_plo_23-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1.097, DE 02 DE DEZEMBRO DE 2009 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2010 A 2013, ALTERA A LEI MUNICIPAL Nº 1177, DE 20 DE JUNHO DE 2012 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2013 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2013."</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/175/1_plo_24-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/175/1_plo_24-2013.pdf</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/177/1_plo_25-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/177/1_plo_25-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI 1142/2011, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DE LOTEAMENTOS E TERRENOS URBANOS NO MUNICÍPIO DE NATÉRCIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/178/1_plo_26-2013.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/178/1_plo_26-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA E ACRESCENTA ARTIGOS NA LEI MUNICIPAL Nº 12 DE 07 DE OUTUBRO DE 1974 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO REFERENTE AO ANO DE 2011, DO MUNICÍPIO DE NATÉRCIA - MG."</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA ART. 129 DA RESOLUÇÃO 258/2006 QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL."</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A TRANSFERÊNCIA DE BENS PATRIMONIAIS DA CÂMARA MUNICIPAL DE NATÉRCIA-MG PARA O PATRIMÔNIO DA PREFEITURA MUNICIPAL DE NATÉRCIA-MG E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>"NORMATIZA O USO DO VEÍCULO DA CÂMARA MUNICIPAL DE NATÉRCIA-MG."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -946,68 +946,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/130/1_plo_1-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/148/1_plo_2-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/137/1_plo_3-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/138/1_plo_4-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/139/1_plo_5-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/145/1_plo_6-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/146/1_plo_7-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/149/1_plo_8-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/150/1_plo_9-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/151/1_plo_10-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/152/1_plo_11-2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/153/1_plo_12-2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/157/1_plo_13-2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/158/1_plo_14-2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/159/1_plo_15-2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/160/1_plo_16-2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/161/1_plo_17-2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/163/1_plo_18-2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/170/1_plo_19-2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/171/01_plo_20-2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/172/1_plo_21-2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/173/1_plo_22-2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/174/1_plo_23-2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/175/1_plo_24-2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/177/1_plo_25-2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/178/1_plo_26-2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/130/1_plo_1-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/148/1_plo_2-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/137/1_plo_3-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/138/1_plo_4-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/139/1_plo_5-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/145/1_plo_6-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/146/1_plo_7-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/149/1_plo_8-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/150/1_plo_9-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/151/1_plo_10-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/152/1_plo_11-2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/153/1_plo_12-2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/157/1_plo_13-2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/158/1_plo_14-2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/159/1_plo_15-2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/160/1_plo_16-2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/161/1_plo_17-2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/163/1_plo_18-2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/170/1_plo_19-2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/171/01_plo_20-2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/172/1_plo_21-2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/173/1_plo_22-2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/174/1_plo_23-2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/175/1_plo_24-2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/177/1_plo_25-2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2013/178/1_plo_26-2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>