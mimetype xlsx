--- v0 (2025-11-28)
+++ v1 (2026-03-22)
@@ -54,798 +54,798 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/267/indicacao_01-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/267/indicacao_01-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam tomadas providências no que se refere a limpeza interna e externa do Clube Recreativo Municipal.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/268/indicacao_02-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/268/indicacao_02-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providência no que se refere ao conserto do calçamento da rua Prefeito José Nacácio, nas proximidades da casa da senhora Nadir Nacácio.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/998/indicacao_03-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/998/indicacao_03-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de arrumar o calçamento que encontra-se cedendo na rua José Ananias Magalhães, nas proximidades da casa do senhor Guido.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/275/indicacao_04-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/275/indicacao_04-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de entrar em contato com o morador da casa 199, da rua Cristiano Caetano para que ele resolva as questões relativas ao calçamento (passeio) em frente a sua casa.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Elenice Maria Chaves Evangelista</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/276/indicacao_05-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/276/indicacao_05-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar um reajuste salarial ou uma ajuda com combustível, ou ainda aquisição de uniformes para os agentes municipais de saúde.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/277/indicacao_06-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/277/indicacao_06-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de arrumar veneno para que seja aplicado na beira das estradas do Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/284/indicacao_08-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/284/indicacao_08-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade novamente de tomar providência no sentido de fazer um poço artesiano para encanar e bombear água potável até a escola do Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/291/indicacao_09-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/291/indicacao_09-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de utilizar os bloquetes retirados das ruas que estão sendo concertadas e fazer uma calçada para caminhada no perímetro urbano que se inicia próximo a propriedade da sra. Vânia até o antigo matadouro municipal.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/292/indicacao_10-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/292/indicacao_10-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar a reparação da estrada conhecida como Brejo Grande no Bairro do São Bernardo, e também o trecho pertencente ao município que liga a cidade de Natércia à Lambari no bairro São Bernardo.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/293/indicacao_11-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/293/indicacao_11-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar a limpeza dos córregos que cortam a cidade.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/294/indicacao_12-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/294/indicacao_12-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de terminar o calçamento da rua Benedito Bueno dos Santos, ou pelo menos aguar o local devido a poeira umas três vezes por dia.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/295/indicacao_13-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/295/indicacao_13-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de arrumar urgente o calçamento da rua João Lino Sobrinho.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/296/indicacao_14-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/296/indicacao_14-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de construir umas 03 travessias elevadas no decorrer da rua Benedito Bueno dos Santos e nas demais ruas da cidade.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/298/indicacao_15-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/298/indicacao_15-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de colocar as placas identificando o nome das ruas do município.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Antônio Noel de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/299/indicacao_16-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/299/indicacao_16-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de aumentar o passador de gado perto da encruzilhada do Bairro da Bocaina com o Bairro da Colônia.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/301/indicacao_17-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/301/indicacao_17-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de fazer uma cobertura em frente e do lado no velório municipal.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/302/indicacao_18-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/302/indicacao_18-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de colocar uma manilha, no bate cova nas proximidades da casa do senhor José Ademir, na rua Alberico Galo.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/303/indicacao_19-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/303/indicacao_19-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar uma reforma do escadão que liga a rua José Ananias Magalhães a rua Antônio Luis Pereira.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/304/indicacao_20-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/304/indicacao_20-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar um desterro na propriedade do senhor Luiz Gonçalves Vilas Bôas, no Bairro do Jardim, antiga sede do senhor José Gonçalves Vilas Bôas.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indicacao_21-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indicacao_21-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de proibir o estacionamento de veículos particulares na Praça Prefeito Antônio Virgílio da Silva, no horário de saída escolar (11:00 às 11:30) e (16:45 às 17:00).</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indicacao_22-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indicacao_22-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de construir um redutor de velocidade entre o trevo do Bairro dos Fortes e a antiga escola municipal no Bairro do Atirado com placas de sinalização.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antônio Noel de Souza, Donizetti Fernades dos Reis, Elenice Maria Chaves Evangelista, José Antônio Ribeiro, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, William Maurício Goulart</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indicacao_23-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indicacao_23-2015.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja visto a possibilidade de pintar o meio fio das esquinas do município, afim de proibir o estacionamento de veículos nesses locais.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indicacao_24-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indicacao_24-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de solicitar aos donos de lotes fazer a limpeza dos mesmos.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Elenice Maria Chaves Evangelista, Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indicacao_25-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indicacao_25-2015.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja visto a possibilidade de passar a máquina na estrada do Bairro dos Fagundes, até a divisa que liga o bairro ao município de Santa Rita do Sapucaí e ao município de Pedralva, e também nas duas serras dando prioridade a serra que chega a Escola Municipal.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indicacao_26-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indicacao_26-2015.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar um aterro no terreno do senhor José Inácio Neto no Bairro do Turvo, próximo ao bar da dona Fiinha.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar um desaterro no lote do senhor Flanilson, na rua Pedro Lopes Fernandes, saída para o Bairro da Usina.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA CARGO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/264/1_plo_1-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/264/1_plo_1-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DESTINAR APOIO FINANCEIRO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/265/1_plo_2-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/265/1_plo_2-2015.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1206, DE 27 DE DEZEMBRO DE 2013 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2014 A 2017, ALTERA A LEI MUNICIPAL Nº 1235, DE 18 DE JULHO DE 2014 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2015 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2015."</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/266/1_plo_3-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/266/1_plo_3-2015.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1245, DE 22 DE OUTUBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/274/1_plo_4-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/274/1_plo_4-2015.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O CONSELHO MUNICIPAL DE TURISMO, O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/279/1_plo_5-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/279/1_plo_5-2015.pdf</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/280/1_plo_6-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/280/1_plo_6-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A REALIZAR PERMUTA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/281/1_plo_7-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/281/1_plo_7-2015.pdf</t>
   </si>
   <si>
     <t>"APROVA REGULARIZAÇÃO DE PARCELAMENTO DO SOLO DE ÁREA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/285/1_plo_8-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/285/1_plo_8-2015.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2016 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/282/1_plo_9-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/282/1_plo_9-2015.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DE SUBSÍDIOS AOS AGENTES POLÍTICOS MUNICIPAIS E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE NATÉRCIA."</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/286/1_plo_11-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/286/1_plo_11-2015.pdf</t>
   </si>
   <si>
     <t>"APROVA O PLANO DECENAL MUNICIPAL DE EDUCAÇÃO DE NATÉRCIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/287/1_plo_12-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/287/1_plo_12-2015.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI MUNICIPAL Nº 1206, DE 27 DE DEZEMBRO DE 2013 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2014 A 2017, ALTERA A LEI MUNICIPAL Nº 1235, DE 18 DE JULHO DE 2014 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2015 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2015.&amp;#8221;</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/288/1_plo_13-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/288/1_plo_13-2015.pdf</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/289/1_plo_14-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/289/1_plo_14-2015.pdf</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/297/1_plo_15-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/297/1_plo_15-2015.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A DOAR LOTE DE TERRENO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/300/1_plo_16-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/300/1_plo_16-2015.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS ARTIGOS 11, 14, 23, 27, DA LEI MUNICIPAL Nº 895/2003, DE 04 DE DEZEMBRO DE 2003, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE."</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/312/1_plo_17-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/312/1_plo_17-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A TRANSFORMAR ÁREA INSTITUCIONAL EM TERRENO DOMINIAL."</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/317/1_plo_18-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/317/1_plo_18-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/318/1_plo_19-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/318/1_plo_19-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ADEQUAÇÃO DE VALORES DO PPA 2014/017, PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA 2016."</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/319/1_plo_20-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/319/1_plo_20-2015.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1266, DE 22 DE JUNHO DE 2015 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2016."</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/320/1_plo_21-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/320/1_plo_21-2015.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATÉRCIA-MG, PARA O EXERCÍCIO FINANCEIRO DE 2016."</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/313/1_plo_22-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/313/1_plo_22-2015.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REMUNERAÇÃO DO AGENTE COMUNITÁRIO DE SAÚDE E DO AGENTE DE COMBATE A ENDEMIA."</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/314/1_plo_23-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/314/1_plo_23-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE NATÉRCIA - MG, A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/306/1_plo_24-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/306/1_plo_24-2015.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/315/1_plo_25-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/315/1_plo_25-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CONCEDER ABONO SALARIAL AOS PROFESSORES EM ATIVIDADE."</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/321/1_plo_26-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/321/1_plo_26-2015.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA O USO DO CLUBE RECREATIVO CATARINENSE DO MUNICÍPIO DE NATÉRCIA PARA REALIZAÇÃO DE EVENTOS."</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/322/1_plo_27-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/322/1_plo_27-2015.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI MUNICIPAL Nº 1206, DE 27 DE DEZEMBRO DE 2013 (LEI DO PLANO PLURIANUAL) QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2014 A 2017, ALTERA A LEI MUNICIPAL  Nº 1235, DE 18 DE JULHO DE 2014 (LEI DE DIRETRIZES ORÇAMENTÁRIAS) QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2015 E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2015.&amp;#8221;</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/323/1_plo_28-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/323/1_plo_28-2015.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AUMENTO REAL PARA ACOMPANHAR O PISO NACIONAL E ATINGIR O PERCENTUAL DOS RECURSOS DO FUNDEB - LIMITE MÍNIMO DOS 60%."</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/324/1_plo_29-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/324/1_plo_29-2015.pdf</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/325/1_plo_30-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/325/1_plo_30-2015.pdf</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/326/1_plo_31-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/326/1_plo_31-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A FAZER CONCESSÃO DE DIREITO REAL DE USO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/327/1_plo_32-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/327/1_plo_32-2015.pdf</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/328/1_plo_33-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/328/1_plo_33-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DESTINAR APOIO FINANCEIRO - AQUISIÇÃO DE CADEIRA DE RODAS."</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/329/1_plo_34-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/329/1_plo_34-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DESTINAR APOIO FINANCEIRO - ALUGUEL DE APARELHO RESPIRATÓRIO DOMÉSTICO."</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/330/1_plo_35-2015.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/330/1_plo_35-2015.pdf</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO REFERENTE AO ANO DE 2013, DO MUNICÍPIO DE NATÉRCIA-MG."</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUERER QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL ESCLARECIMENTOS SOBRE A SITUAÇÃO DA INSTALAÇÃO DO RAIO X DO MUNICÍPIO."</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUERER QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL ESCLARECIMENTOS SOBRE O REPASSE DE SUBVENÇÃO A RÁDIO CLUBE FM."</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUERER QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL ESCLARECIMENTOS SOBRE A SITUAÇÃO DA REFORMA DO CLUBE RECREATIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Donizetti Fernades dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL ESCLARECIMENTOS SOBRE O PORQUE O CALÇAMENTO DAS RUAS DO "CONJUNTO HABITACIONAL PREFEITO LUIS LOPES FERNANDES", ENCONTRAM-SE EM PÉSSIMAS CONDIÇÕES, VISTO QUE É UMA OBRA RECENTE."</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL ESCLARECIMENTOS SOBRE O POÇO ARTESIANO DO BAIRRO DO ATIRADO."</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL UM CONVITE CONFORME ART. 140, INCISO VII DO REGIMENTO INTERNO MUNICIPAL PARA QUE O MESMO POSSA COMPARECER A SEDE DA CÂMARA MUNICIPAL PARA ESCLARECIMENTOS SOBRE A ATUAL SITUAÇÃO FINANCEIRA DO MUNICÍPIO."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1152,68 +1152,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/267/indicacao_01-2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/268/indicacao_02-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/998/indicacao_03-2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/275/indicacao_04-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/276/indicacao_05-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/277/indicacao_06-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/284/indicacao_08-2015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/291/indicacao_09-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/292/indicacao_10-2015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/293/indicacao_11-2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/294/indicacao_12-2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/295/indicacao_13-2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/296/indicacao_14-2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/298/indicacao_15-2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/299/indicacao_16-2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/301/indicacao_17-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/302/indicacao_18-2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/303/indicacao_19-2015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/304/indicacao_20-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indicacao_21-2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indicacao_22-2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indicacao_23-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indicacao_24-2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indicacao_25-2015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indicacao_26-2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/264/1_plo_1-2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/265/1_plo_2-2015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/266/1_plo_3-2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/274/1_plo_4-2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/279/1_plo_5-2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/280/1_plo_6-2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/281/1_plo_7-2015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/285/1_plo_8-2015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/282/1_plo_9-2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/286/1_plo_11-2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/287/1_plo_12-2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/288/1_plo_13-2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/289/1_plo_14-2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/297/1_plo_15-2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/300/1_plo_16-2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/312/1_plo_17-2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/317/1_plo_18-2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/318/1_plo_19-2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/319/1_plo_20-2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/320/1_plo_21-2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/313/1_plo_22-2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/314/1_plo_23-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/306/1_plo_24-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/315/1_plo_25-2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/321/1_plo_26-2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/322/1_plo_27-2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/323/1_plo_28-2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/324/1_plo_29-2015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/325/1_plo_30-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/326/1_plo_31-2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/327/1_plo_32-2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/328/1_plo_33-2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/329/1_plo_34-2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/330/1_plo_35-2015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/267/indicacao_01-2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/268/indicacao_02-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/998/indicacao_03-2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/275/indicacao_04-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/276/indicacao_05-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/277/indicacao_06-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/284/indicacao_08-2015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/291/indicacao_09-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/292/indicacao_10-2015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/293/indicacao_11-2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/294/indicacao_12-2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/295/indicacao_13-2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/296/indicacao_14-2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/298/indicacao_15-2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/299/indicacao_16-2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/301/indicacao_17-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/302/indicacao_18-2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/303/indicacao_19-2015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/304/indicacao_20-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indicacao_21-2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indicacao_22-2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indicacao_23-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indicacao_24-2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indicacao_25-2015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indicacao_26-2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/264/1_plo_1-2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/265/1_plo_2-2015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/266/1_plo_3-2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/274/1_plo_4-2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/279/1_plo_5-2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/280/1_plo_6-2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/281/1_plo_7-2015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/285/1_plo_8-2015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/282/1_plo_9-2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/286/1_plo_11-2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/287/1_plo_12-2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/288/1_plo_13-2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/289/1_plo_14-2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/297/1_plo_15-2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/300/1_plo_16-2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/312/1_plo_17-2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/317/1_plo_18-2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/318/1_plo_19-2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/319/1_plo_20-2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/320/1_plo_21-2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/313/1_plo_22-2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/314/1_plo_23-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/306/1_plo_24-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/315/1_plo_25-2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/321/1_plo_26-2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/322/1_plo_27-2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/323/1_plo_28-2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/324/1_plo_29-2015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/325/1_plo_30-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/326/1_plo_31-2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/327/1_plo_32-2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/328/1_plo_33-2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/329/1_plo_34-2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2015/330/1_plo_35-2015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="193.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>