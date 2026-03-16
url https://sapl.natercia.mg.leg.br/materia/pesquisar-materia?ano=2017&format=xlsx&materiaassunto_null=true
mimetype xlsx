--- v0 (2025-11-28)
+++ v1 (2026-03-16)
@@ -54,1086 +54,1086 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/385/indicacao_01-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/385/indicacao_01-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de reforma ou aquisição de um parque de diversão novo para as crianças.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_02-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_02-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de construir um mata-burro (ferro ou madeira) na beira da estrada principal no bairro dos Fagundes que dá acesso a moradia dos senhores: Rubens Ribeiro, José Ivan, Adélcio Ribeiro, Vonei Ribeiro, Vanildo Ribeiro, Paulo Reis, Elias Custódio, José Custódio, Norivaldo Custódio, Ivo Alves.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/387/indicacao_03-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/387/indicacao_03-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de colocar câmeras de segurança na entrada e saída da cidade.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/392/indicacao_04-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/392/indicacao_04-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de construção de um bebedouro e um banheiro público, na antiga garagem da Prefeitura Municipal na rua São Pedro s/nº.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/388/indicacao_05-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/388/indicacao_05-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de prestar uma homenagem ao atleta Geovane dos Santos, com a construção de uma estátua na entrada da cidade. E promover uma corrida através da secretaria de esporte e lazer e secretaria de turismo com a participação de seus amigos do atletismo.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_06-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_06-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam feitas melhorias no local da reciclagem, antiga escola municipal da Vargem Cumprida, tais como: piso, cobertura, banheiro e cozinha.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza, Antônio Noel de Souza, Donizetti Fernades dos Reis, José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_07-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_07-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a revisão do Plano de Cargos e Carreira dos funcionários públicos do município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t xml:space="preserve">Leonardo Barreto da Silva </t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/391/indicacao_08-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/391/indicacao_08-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de interditar a praça Matriz durante o fim de semana.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_09-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_09-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de pintar o meio fio da esquina da Praça Justino Lisboa Carneiro com a rua Coronel Paiva e colocar placa de proibido estacionar.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_10-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_10-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de aumentar o valor da cesta básica, autorizada pela Lei 1.122/2010 aos funcionários públicos municipais.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_11-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_11-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que utilize o galpão situado na rua São Pedro junto ao Parquinho para guardar os veículos da frota municipal.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_12-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_12-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de arrumar a rua Boa Esperança nas proximidades da casa do senhor Josué e do senhor Francisco (Chico irmão do Rolf).</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_13-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_13-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providências urgentes no sentido de reduzir a velocidade dos veículos que trafegam pela rua Benedito Bueno dos Santos.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_15-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_15-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de regularizar os horários de proibição de estacionamento de carros, na Praça Prefeito Antônio Virgílio da Silva de segunda à sexta das 11:00 às 11:30 e das 16:30 às 17:00 horas, apenas no horário de saída escolar.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_16-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_16-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de implantar o sistema para nota fiscal eletrônica no município.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_17-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_17-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de entrar em contato com o senhor Agenor para liberar o uso do vestiário do campo do bairro do Atirado.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/401/indicacao_18-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/401/indicacao_18-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de regularizar os horários de proibição de estacionamento de carros em frente ao CRAS "Centro de Referência e Assistência Social" de segunda à sexta das 07:00 às 17:00 horas, apenas no horário de funcionamento.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/403/indicacao_19-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/403/indicacao_19-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de rever a colocação das placas de Proibido Estacionar que foram instaladas nas calçadas do município, observando a Lei de Acessibilidade.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/426/indicacao_20-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/426/indicacao_20-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de melhorar a estrutura física, hidráulica e elétrica dos prédios escolares da zona rural que hoje funcionam como ponto de apoio da Estratégia Saúde da Família (ESF).</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>José Messias Jonas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/427/indicacao_21-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/427/indicacao_21-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de reutilizar os blocos retirados das ruas que foram reformadas para realizar o calçamento das ruas Vereador José Eufrásio de Carvalho e Antônio Augusto de Souza.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/428/indicacao_22-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/428/indicacao_22-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a manutenção do portal da entrada da cidade.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/429/indicacao_23-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/429/indicacao_23-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de fazer um campinho para lazer para as crianças do Conjunto Habitacional Prefeito Luiz Fernandes perto do reservatório da COPASA.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/430/indicacao_24-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/430/indicacao_24-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar o canteiro na entrada do bairro dos Mineiros.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/432/indicacao_25-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/432/indicacao_25-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar a estrada que liga o Bairro Atirado com o Bairro Sertãozinho, descendo também pelo Bairro do Buraco com urgência.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/433/indicacao_26-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/433/indicacao_26-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar a estrada da Serra dos Buenos com urgência.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/434/indicacao_27-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/434/indicacao_27-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar a rua São Pedro próximo ao loteamento Fernandes, com urgência.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/436/indicacao_28-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/436/indicacao_28-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de calçar a rua José Ananias Magalhães até a captação de água da COPASA.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/437/indicacao_29-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/437/indicacao_29-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja aumentada a largura da curva, na estrada, ao lado do salão de festas da Igreja Nossa Senhora de Lourdes no Bairro do Atirado.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Antônio Noel de Souza, Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/438/indicacao_30-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/438/indicacao_30-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja visto a possibilidade de: reformar o passador de gado na estrada da Bocaina que dá acesso para a Serra da Manuela; reformar o passador de gado existente nas proximidades da igreja do Bairro da Bocaina.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/439/indicacao_31-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/439/indicacao_31-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada pessoalmente pelo responsável de cada setor a entrega do holerite aos funcionários municipais.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/440/indicacao_32-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/440/indicacao_32-2017.pdf</t>
   </si>
   <si>
     <t>Indica que o Executivo Municipal de Natércia entre em contato com o Executivo Municipal de Conceição das Pedras para fazerem um acordo, para acertarem a substituição de duas pontes de madeira por duas pontes de concreto armado, ambas localizadas nas divisas dos dois municípios, uma no Bairro do Barreiro e outra no Bairro da Usina.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/441/indicacao_33-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/441/indicacao_33-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que verifique a possibilidade de passar para perímetro urbano a zona rural (estrada) que tem início na BR 458 numa extensão de 500 metros pelo Bairro das Minas seguindo sentido a cidade de Heliodora.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/442/indicacao_34-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/442/indicacao_34-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que verifique a possibilidade de concertar a ponte da rua Conceição Alves da Silva.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/443/indicacao_35-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/443/indicacao_35-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que reforme a academia ao ar livre do parquinho municipal ou pelo menos retire os destroços enferrujados do local.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/444/indicacao_36-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/444/indicacao_36-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que veja a possibilidade de limpeza do córrego da rua João Lino Sobrinho com urgência.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/445/indicacao_37-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/445/indicacao_37-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de melhorar a estrutura física do galpão de costura (Roger).</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/446/indicacao_38-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/446/indicacao_38-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de fazer um poço artesiano para a escola do Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/448/indicacao_39-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/448/indicacao_39-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a limpeza do Rio São Bernardo, no bairro da Chapada.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/449/indicacao_40-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/449/indicacao_40-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de reformar o passador de gado na estrada do Bairro do Pinhalzinho: na entrada do terreno do senhor Antônio Ozório; nas proximidades da escola do bairro.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/458/indicacao_41-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/458/indicacao_41-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de reformar o passador de gado no Bairro do Fundão, no terreno do Senhor Joaquim do Zé Berto.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/459/indicacao_42-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/459/indicacao_42-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de terminar o calçamento de mais ou menos 10 metros da rua Joaquim Porcino.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/461/indicacao_43-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/461/indicacao_43-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar uma limpeza do parquinho municipal.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/462/indicacao_44-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/462/indicacao_44-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar a limpeza dos bueiros de saída de água nas estradas do Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/463/indicacao_45-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/463/indicacao_45-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar um estudo para melhorar o trânsito através de placas e faixas da rua São Pedro e da Praça da Bandeira.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/464/indicacao_46-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/464/indicacao_46-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de melhorias do calçamento da rua Joaquim Rodrigues da Silva.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_47-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_47-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar melhorias na ponte que dá acesso a residência do senhor Adão Moisés, no bairro da Vargem Cumprida.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_48-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_48-2017.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja visto a possibilidade de retirar os entulhos do terreno onde funcionava a escola da Vargem Cumprida.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_49-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_49-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade da piscina municipal funcionar até às 18:00 horas no horário de verão e nas férias.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_50-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_50-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de pintar as faixas para estacionamento de carros na Praça Justino Lisboa Carneiro.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/475/indicacao_51-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/475/indicacao_51-2017.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de solicitar aos donos dos lotes, em especial os da rua Santa Catarina e da rua Batista Eufrásio de Carvalho, a sua limpeza.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"A VEREADORA VERA LÚCIA JUNHO DOS REIS SOB USO DE SUAS PRERROGATIVAS REGIMENTAIS, DIRIGE-SE AOS ILUSTRES VEREADORES PARA, APÓS TRAMITAÇÃO DA PAUTA DA SESSÃO ORDINÁRIA EM CURSO, PROPOR A PRESENTE MOÇÃO DE ELOGIO A ESCOLA ESTADUAL JOÃO GOULART SANTIAGO BRUM, PELA ABERTURA DO 36º TORNEIO LEITEIRO DE NATÉRCIA-MG, QUE ATRAVÉS DA SIMPLICIDADE REPRESENTOU DE MANEIRA TÃO BELA A REALIDADE DO NOSSO MUNICÍPIO." </t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A REESTRUTURAR O CARGO DE CHEFE DE GABINETE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA E INCLUI ITENS NA TABELA I ANEXADA A LEI COMPLEMENTAR Nº 09/2008 QUE INSTITUIU O NOVO CÓDIGO TRIBUTÁRIO MUNICIPAL EM REFERÊNCIA A LISTA DE SERVIÇOS DA LEI COMPLEMENTAR FEDERAL 116/2003 QUE TRATA DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA - ISSQN E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/404/1_plo_1-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/404/1_plo_1-2017.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1302/16 DE 20/12/2016, LOA 2017, ABRE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/405/1_plo_2-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/405/1_plo_2-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/406/1_plo_3-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/406/1_plo_3-2017.pdf</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/407/1_plo_4-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/407/1_plo_4-2017.pdf</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/408/1_plo_5-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/408/1_plo_5-2017.pdf</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/409/1_plo_6-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/409/1_plo_6-2017.pdf</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/410/1_plo_1-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/410/1_plo_1-2017.pdf</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/411/1_plo_8-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/411/1_plo_8-2017.pdf</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/431/1_plo_9-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/431/1_plo_9-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2018 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/412/1_plo_10-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/412/1_plo_10-2017.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS EFETIVOS, INATIVOS, PENSIONISTAS, COMISSIONADOS, CONTRATADOS POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/413/1_plo_11-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/413/1_plo_11-2017.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AUMENTO REAL PARA ACOMPANHAR O PISO NACIONAL E ATINGIR O PERCENTUAL DOS RECURSOS DO FUNDEB - LIMITE MÍNIMO DOS 60%."</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/414/1_plo_12-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/414/1_plo_12-2017.pdf</t>
   </si>
   <si>
     <t>"ALTERA ARTIGO 3º DA LEI 1309/2017 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/417/1_plo_13-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/417/1_plo_13-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DE SUBSÍDIOS AOS AGENTES POLÍTICOS MUNICIPAIS E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/418/1_plo_14-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/418/1_plo_14-2017.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE NATÉRCIA."</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/423/1_plo_15-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/423/1_plo_15-2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR ÁREA DESAFETADA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/424/1_plo_16-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/424/1_plo_16-2017.pdf</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/415/1_plo17-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/415/1_plo17-2017.pdf</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/416/1_plo_18-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/416/1_plo_18-2017.pdf</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/421/1_plo_19-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/421/1_plo_19-2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A FIRMAR PARCELAMENTO DE DÉBITO COM A FUNDAÇÃO ESTADUAL DO MEIO AMBIENTE - FEAM E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/422/1_plo_20-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/422/1_plo_20-2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA DESAFETAÇÃO E DAÇÃO EM PAGAMENTO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/425/1_plo_21-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/425/1_plo_21-2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA DOAÇÃO DE BEM PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/435/1_plo_22-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/435/1_plo_22-2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA DAR BEM EM DAÇÃO EM PAGAMENTO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/450/1_plo_23-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/450/1_plo_23-2017.pdf</t>
   </si>
   <si>
     <t>"CONCEDE APOIO FINANCEIRO A ATLETAS PRATICANTES DO ESPORTE DE ALTO RENDIMENTO EM MODALIDADES ESPORTIVAS, OLÍMPICAS E PARAOLÍMPICAS VINCULADAS AO COMITÊ OLÍMPICO E PARAOLÍMPICO BRASILEIRO (COB) - BOLSA-ATLETA."</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/451/1_plo_24-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/451/1_plo_24-2017.pdf</t>
   </si>
   <si>
     <t>"APROVA PERÍMETRO URBANO."</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/452/1_plo_25-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/452/1_plo_25-2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE NATÉRCIA - MG, PARA O EXERCÍCIO DE 2017."</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/453/1_plo_26-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/453/1_plo_26-2017.pdf</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/468/1_plo_27-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/468/1_plo_27-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2018-2021 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/454/1_plo_28-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/454/1_plo_28-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A GRATIFICAÇÃO DE INCENTIVO À QUALIFICAÇÃO DE SERVIDOR E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/455/1_plo_29-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/455/1_plo_29-2017.pdf</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/456/1_plo_30-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/456/1_plo_30-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA CUSTEAR AS DESPESAS DE MORADIA E ALIMENTAÇÃO DO MÉDICO VINCULADO AO 'PROGRAMA MAIS MÉDICOS'."</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/469/1_plo_31-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/469/1_plo_31-2017.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1323, DE 30 DE JUNHO DE 2017, QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/470/1_plo_32-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/470/1_plo_32-2017.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATÉRCIA &amp;#8211; MG, PARA O EXERCÍCIO FINANCEIRO DE 2018."</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/476/1_plo_33-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/476/1_plo_33-2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA PARCELAMENTO PARA RESSARCIMENTO AOS COFRES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/471/1_plo_34-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/471/1_plo_34-2017.pdf</t>
   </si>
   <si>
     <t>"HOMOLOGA CONVÊNIO CELEBRADO COM A COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS &amp;#8211; COHAB &amp;#8211; MG, CONCEDE À MESMA COMPANHIA ISENÇÃO TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/472/1_plo_35-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/472/1_plo_35-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL NO EXERCÍCIO DE 2017 E ALTERA A REDAÇÃO DO ART. 2º DA LEI MUNICIPAL Nº 1302, DE 20 DE DEZEMBRO DE 2016."</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/477/1_plo_36-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/477/1_plo_36-2017.pdf</t>
   </si>
   <si>
     <t>"CRIA OBRIGAÇÕES ACESSÓRIAS PARA OS SERVIÇOS DE ADMINISTRAÇÃO DE CARTÕES DE CRÉDITO E DÉBITO E DEMAIS DO ITEM 15.01, &amp;#8220;LEASING&amp;#8221; E PLANOS DE SAÚDE."</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/478/1_plo_37-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/478/1_plo_37-2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DE SUBSÍDIOS AOS AGENTES POLÍTICOS MUNICIPAIS DO LEGISLATIVO E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/479/1_plo_38-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/479/1_plo_38-2017.pdf</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O REGULAMENTO DA UTILIZAÇÃO E CESSÃO DO AUDITÓRIO DA CÂMARA MUNICIPAL DE NATÉRCIA - MG E CONTÉM OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O USO DE UNIFORMES AOS SERVIDORES DA CASA, NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE NATÉRCIA - MG E NOS EVENTOS EM QUE SE FAÇA REPRESENTAR E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Donizetti Fernades dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/1169/req._leg._001-2017.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/1169/req._leg._001-2017.pdf</t>
   </si>
   <si>
     <t>Normas e Procedimentos do uso dos veículos da frota municipal.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Leonardo Barreto da Silva, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO AO EXMO. SENHOR PREFEITO MUNICIPAL INFORMAÇÕES SOBRE O CUMPRIMENTO RELATIVO AO ADICIONAL SOBRE REMUNERAÇÃO DOS FUNCIONÁRIOS QUE POSSUEM TRINTA (30) ANOS DE SERVIÇO, CONFORME § 2º, INCISO VII DO ART. 82 DA LEI ORGÂNICA MUNICIPAL."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1440,67 +1440,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/385/indicacao_01-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_02-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/387/indicacao_03-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/392/indicacao_04-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/388/indicacao_05-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_06-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_07-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/391/indicacao_08-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_09-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_10-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_11-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_12-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_13-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_15-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_16-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_17-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/401/indicacao_18-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/403/indicacao_19-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/426/indicacao_20-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/427/indicacao_21-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/428/indicacao_22-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/429/indicacao_23-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/430/indicacao_24-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/432/indicacao_25-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/433/indicacao_26-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/434/indicacao_27-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/436/indicacao_28-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/437/indicacao_29-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/438/indicacao_30-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/439/indicacao_31-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/440/indicacao_32-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/441/indicacao_33-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/442/indicacao_34-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/443/indicacao_35-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/444/indicacao_36-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/445/indicacao_37-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/446/indicacao_38-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/448/indicacao_39-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/449/indicacao_40-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/458/indicacao_41-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/459/indicacao_42-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/461/indicacao_43-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/462/indicacao_44-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/463/indicacao_45-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/464/indicacao_46-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_47-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_48-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_49-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_50-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/475/indicacao_51-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/404/1_plo_1-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/405/1_plo_2-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/406/1_plo_3-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/407/1_plo_4-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/408/1_plo_5-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/409/1_plo_6-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/410/1_plo_1-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/411/1_plo_8-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/431/1_plo_9-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/412/1_plo_10-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/413/1_plo_11-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/414/1_plo_12-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/417/1_plo_13-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/418/1_plo_14-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/423/1_plo_15-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/424/1_plo_16-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/415/1_plo17-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/416/1_plo_18-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/421/1_plo_19-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/422/1_plo_20-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/425/1_plo_21-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/435/1_plo_22-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/450/1_plo_23-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/451/1_plo_24-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/452/1_plo_25-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/453/1_plo_26-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/468/1_plo_27-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/454/1_plo_28-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/455/1_plo_29-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/456/1_plo_30-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/469/1_plo_31-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/470/1_plo_32-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/476/1_plo_33-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/471/1_plo_34-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/472/1_plo_35-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/477/1_plo_36-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/478/1_plo_37-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/479/1_plo_38-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/1169/req._leg._001-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/385/indicacao_01-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_02-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/387/indicacao_03-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/392/indicacao_04-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/388/indicacao_05-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_06-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_07-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/391/indicacao_08-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_09-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_10-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_11-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_12-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_13-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_15-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_16-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_17-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/401/indicacao_18-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/403/indicacao_19-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/426/indicacao_20-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/427/indicacao_21-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/428/indicacao_22-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/429/indicacao_23-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/430/indicacao_24-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/432/indicacao_25-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/433/indicacao_26-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/434/indicacao_27-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/436/indicacao_28-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/437/indicacao_29-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/438/indicacao_30-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/439/indicacao_31-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/440/indicacao_32-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/441/indicacao_33-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/442/indicacao_34-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/443/indicacao_35-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/444/indicacao_36-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/445/indicacao_37-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/446/indicacao_38-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/448/indicacao_39-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/449/indicacao_40-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/458/indicacao_41-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/459/indicacao_42-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/461/indicacao_43-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/462/indicacao_44-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/463/indicacao_45-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/464/indicacao_46-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_47-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_48-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_49-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_50-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/475/indicacao_51-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/404/1_plo_1-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/405/1_plo_2-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/406/1_plo_3-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/407/1_plo_4-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/408/1_plo_5-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/409/1_plo_6-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/410/1_plo_1-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/411/1_plo_8-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/431/1_plo_9-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/412/1_plo_10-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/413/1_plo_11-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/414/1_plo_12-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/417/1_plo_13-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/418/1_plo_14-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/423/1_plo_15-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/424/1_plo_16-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/415/1_plo17-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/416/1_plo_18-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/421/1_plo_19-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/422/1_plo_20-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/425/1_plo_21-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/435/1_plo_22-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/450/1_plo_23-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/451/1_plo_24-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/452/1_plo_25-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/453/1_plo_26-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/468/1_plo_27-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/454/1_plo_28-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/455/1_plo_29-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/456/1_plo_30-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/469/1_plo_31-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/470/1_plo_32-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/476/1_plo_33-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/471/1_plo_34-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/472/1_plo_35-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/477/1_plo_36-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/478/1_plo_37-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/479/1_plo_38-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2017/1169/req._leg._001-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="201.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>