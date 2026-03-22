--- v0 (2026-01-29)
+++ v1 (2026-03-22)
@@ -51,1527 +51,1527 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ATA E</t>
   </si>
   <si>
     <t>Ata - Reunião Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA NONA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA PRIMEIRA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEGUNDA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA TERCEIRA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUARTA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/596/15a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/596/15a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUINTA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/601/16a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/601/16a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEXTA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/</t>
+    <t>http://sapl.natercia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SÉTIMA REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>ATA O</t>
   </si>
   <si>
     <t>Ata - Reunião Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/492/492_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SEGUNDA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA TERCEIRA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA QUARTA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA QUINTA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SEXTA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SÉTIMA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA OITAVA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA NONA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA PRIMEIRA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA SEGUNDA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA TERCEIRA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA QUARTA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA QUINTA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA SEXTA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/592/37a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/592/37a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA SÉTIMA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/593/38a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/593/38a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA OITAVA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/599/39a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/599/39a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA NONA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/600/40a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/600/40a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUADRAGÉSIMA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/605/41a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/605/41a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUADRAGÉSIMA PRIMEIRA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/608/42a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/608/42a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUADRAGÉSIMA SEGUNDA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/609/43a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/609/43a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA QUADRAGÉSIMA TERCEIRA REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATÉRCIA DA 22ª LEGISLATURA.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/489/489_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de substituir a grade de entrada do Centro de Fisioterapia Municipal por um portão e construir uma rampa de acesso para entrada dos pacientes com maca.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/490/490_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de consertar o calçamento da rua Alberico Gallo esquina com a rua Coronel Paiva.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar uma linha de telefone celular na Escola Municipal São Francisco no Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de consertar a cerca de tela ao redor da Escola Municipal São Francisco no Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a limpeza dos entulhos que se encontram na entrada do lixão no Bairro da Vargem Comprida.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , Silviano Reis do Vale</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a manutenção dos postes de eucalipto e dos postinhos de cimento que fixam o alambrado do Campo de Futebol Municipal "José Carlos da Silva" e do Campo Municipal do Bairro da Vargem Comprida "Joaquim Lino de Siqueira".</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t xml:space="preserve">Leonardo Barreto da Silva </t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de entrar em contato com a CEMIG ou o órgão responsável para que seja colocado um braço com lâmpada no poste já existente na rua Manoel Eufrásio de Carvalho em frente à casa da Cidinha do Kodak.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a manutenção em todo o calçamento da rua Santa Catarina, principalmente em frente à casa do sr. Rafael.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>José Messias Jonas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que vista a possibilidade de realizar a limpeza da rua em frente à estação de tratamento da COPASA.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de entrar em contato com a CEMIG ou o órgão responsável para que seja realizada a iluminação da rua José Paulino de Freitas e também da pista de caminhada que está sendo construída.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a limpeza e poda de árvores no morro do Santos Cruzeiro.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar a estrada que dá acesso a residência do sr. Francisco Fernandes no Bairro da Varginha, com urgência.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade da limpeza do córrego que passa na rua Coronel Paiva.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar o calçamento até o fim da Rua do Castelo, nas proximidades da casa da senhora Maria Aparecida dos Reis Neves.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar uma placa de estacionamento regulamentado de 5 minutos para paradas rápidas na rua São Pedro, em frente a Panificadora Natércia.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal o que segue: limpeza semanal do Clube Recreativo Municipal; manutenção e reparo da parte hidráulica do local; e por fim que se faça cumprir a Lei 1281/2015 que "Regulamenta o uso do Clube Recreativo Catarinense do município de Natércia para realização de eventos".</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar a limpeza do bueiro da comunidade do Bairro do São Bernardo, próximo a Igreja.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar a manutenção e pintura do escadão próximo ao hospital municipal e do escadão que liga a rua José Ananias Magalhães à rua Antônio Luis Pereira.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar a limpeza dos lotes atrás da rua Sebastião Tomás de Souza.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de enviar a máquina patrol para o Bairro dos Fagundes com urgência, pois a estrada encontra-se em péssimas condições.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar o concerto do instrumento que a Banda Lira Catarinense empresta para a Congada de São Benedito.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que durante a Festa de Peão não seja utilizado o espaço da pista de caminhada para estacionamento de veículos.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de arrumar as estradas do Bairro dos Fagundes e do Bairro do Sertãozinho que encontram-se em péssimas condições.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de concertar o passador de gado no Bairro da Bocaina na propriedade do senhor Amador Santana.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>Antônio Noel de Souza, Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que solicite ao engenheiro da Prefeitura Municipal que verifique a ponte da saída da cidade.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de mandar água potável para a escola do Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de entrar em contato com a CEMIG ou o órgão responsável para que seja colocado os braços com lâmpadas nos postes existentes no Bairro do Mato Dentro.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva , Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a limpeza dos lotes situados na rua Joaquim Lino de Vilas Bôas.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de utilizar o resto de asfalto na rua José Ananias Magalhães, na entrada da cidade sentido Conceição das Pedras.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de passar a máquina na estrada da saída do Bairro da Chapada até as proximidades da propriedade do senhor Antônio Zote.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de concertar o bueiro na estrada principal de acesso a cidade de Conceição das Pedras, nas proximidades da fazenda do senhor Joaquim da bomba.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de concertar a estrada que dá acesso a propriedade do senhor Mário Faustino.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar placas com os nomes das ruas no local conhecido como Brejinho.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada as providências urgentes e necessárias quanto a ponte existente na rua Conceição Alves da Silva.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/553/553_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada as providências urgentes quanto a construção de travessias elevadas na rua Benedito Bueno dos Santos.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada providências urgentes quanto a redução de velocidade na praça da Bandeira, nas proximidades da Delegacia Municipal e da Panificadora Natércia.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja tomada as providências urgentes quanto a redução de velocidade nas proximidades da casa do senhor Gabriel no bairro Santa Cecília.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de construir banheiros ou reformar os banheiros do vestiário do antigo campo de futebol existente nas proximidades da pista de caminhada.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de realizar as trocas das lâmpadas queimadas dos postes da Praça Matriz.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>Antônio Noel de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que em dias de feriados, festas e férias sejam tomadas as providências quanto as placas de proibido estacionar na área escolar.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de arrumar urgente a manilha da estrada principal do Pinhalzinho que dá acesso a casa do senhor Benedito Leriano e do senhor Inho Américo.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada as providências urgentes no concerto da ponte da estrada municipal que dá acesso as propriedades dos senhores: José Clésio, José Raimundo Fernandes, Antônio Cibio, Paulo Pedro Cândido, Joaquim Cibio, Antônio Egino, Luiz do Antônio Cibio.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de rebaixar a rua perto do lote da APAE.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de reformar a Praça Municipal João Honorato de Vilas Bôas e os canteiros.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de colocar um braço de luz no poste da rua Vereador João Raimundo de Freitas.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto junto ao órgão responsável a possibilidade de colocar mais um poste na rua Sebastião Gonçalves dos Reis.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada com urgência o conserto do passador de gado no terreno do senhor Guinho Barbedo, nas proximidades da encruzilhada da Colônia e a Bocaina.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada a manutenção do calçamento da rua Batista Eufrásio de Carvalho, nas proximidades da casa do senhor Dadito.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de colocar iluminação externa na quadra do Conjunto Habitacional Santa Catarina.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de construir uma rampa de acessibilidade no prédio da antiga prefeitura.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de consertar o calçamento no final da rua Manuel Lino dos Reis e início da rua Antônio Dias de Carvalho.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_52-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_52-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam instalados os mata-burros que se encontram na estrada na divisa das terras do senhor Maurício do Dito Lino e do André do Tinho.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_53-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_53-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja instalada uma nova caixa de água no Bairro do Turvo.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_54-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_54-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a limpeza da rua em frente à estação de tratamento da COPASA.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_55-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_55-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de consertar o buraco da estrada principal sentido aos bairros São Bernardo e Turvo, nas proximidades da propriedade do jovem Gabriel.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/488/488_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE ADICIONAL TRINTENÁRIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONSOLIDA AS LEIS DE POSTURAS EM ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA VAGAS NOS CARGOS ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA VAGA NO CARGO ESPECIFICADO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/481/1_plo_1-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/481/1_plo_1-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR LOTE DE TERRENO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/482/1_plo_2-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/482/1_plo_2-2018.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS EFETIVOS, INATIVOS, PENSIONISTAS, COMISSIONADOS, CONTRATADOS POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/483/1_plo_3-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/483/1_plo_3-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DE SUBSÍDIOS AOS AGENTES POLÍTICOS MUNICIPAIS E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/484/1_plo_4-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/484/1_plo_4-2018.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AUMENTO REAL PARA ACOMPANHAR O PISO NACIONAL E ATINGIR O PERCENTUAL DOS RECURSOS DO FUNDEB &amp;#8211; LIMITE MÍNIMO DOS 60%."</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/485/1_plo_5-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/485/1_plo_5-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CEDER SERVIDOR EFETIVO AO TJMG &amp;#8211; FÓRUM DA JUSTIÇA ESTADUAL DE NATÉRCIA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/487/1_plo_6-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/487/1_plo_6-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITURA MUNICIPAL A CONCEDER CESTAS BÁSICAS EM PECÚNIA NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/491/1_plo_7-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/491/1_plo_7-2018.pdf</t>
   </si>
   <si>
     <t>"ALTERA ART. 3º DA LEI MUNICIPAL 1222/2014 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/493/1_plo_8-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/493/1_plo_8-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/494/1_plo_9-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/494/1_plo_9-2018.pdf</t>
   </si>
   <si>
     <t>"CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/518/1_plo_10-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/518/1_plo_10-2018.pdf</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/519/1_plo_11-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/519/1_plo_11-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/530/1_plo_12-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/530/1_plo_12-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE NATÉRCIA - MG, PARA O EXERCÍCIO DE 2018."</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/532/1_plo_13-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/532/1_plo_13-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CONCEDER ISENÇÃO DA TAXA DE OCUPAÇÃO DO SOLO EM VIAS E LOGRADOUROS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/533/1_plo_14-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/533/1_plo_14-2018.pdf</t>
   </si>
   <si>
     <t>"ATRIBUI DENOMINAÇÃO A VIAS PÚBLICAS NO LOTEAMENTO BELA VISTA E A PRÉDIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/535/1_plo_15-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/535/1_plo_15-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE CIRCO ITINERANTE INSTALADO NO MUNICÍPIO DE NATÉRCIA &amp;#8211; MG E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/536/1_plo_16-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/536/1_plo_16-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A REALIZAR TERMO DE COLABORAÇÃO COM ORGANIZAÇÕES DA SOCIEDADE CIVIL QUE ESPECIFICA, NOS TERMOS DO ART. 31 DA LEI FEDERAL Nº 13019/14, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/549/1_plo_17-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/549/1_plo_17-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A TRANSFORMAR ÁREA INSTITUCIONAL EM TERRENO DOMINIAL E A DOAR BENS IMÓVEIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/563/1_plo_18-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/563/1_plo_18-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A EFETUAR DESCONTOS EM FOLHA DE PAGAMENTO DE SERVIDOR QUE FOR AUTUADO EM INFRAÇÃO DE TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/564/1_plo_19-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/564/1_plo_19-2018.pdf</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/565/1_plo_20-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/565/1_plo_20-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE NATÉRCIA &amp;#8211; MG, PARA O EXERCÍCIO DE 2018."</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/569/1_plo_21-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/569/1_plo_21-2018.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA PARÁGRAFOS AO ARTIGO 23 DA LEI MUNICIPAL Nº 1281, DE 02 DE DEZEMBRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/580/1_plo_22-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/580/1_plo_22-2018.pdf</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/587/1_plo_23-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/587/1_plo_23-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A FIRMAR PARCERIAS COM ORGANIZAÇÕES DA SOCIEDADE CIVIL QUE ESPECIFICA, NOS TERMOS DA LEI FEDERAL Nº 13.019/14, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/588/1_plo_24-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/588/1_plo_24-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ADEQUAÇÃO DE VALORES E AÇÕES DO PPA 2018/2021 PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA 2019."</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/589/1_plo_25-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/589/1_plo_25-2018.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1354, DE 20 DE JUNHO DE 2018 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/590/1_plo_26-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/590/1_plo_26-2018.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATÉRCIA - MG, PARA O EXERCÍCIO FINANCEIRO DE 2019."</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/591/1_plo_27-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/591/1_plo_27-2018.pdf</t>
   </si>
   <si>
     <t>"CRIA O FUNDO MUNICIPAL DE SANEAMENTO BÁSICO - FMSB E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/597/1_plo_28-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/597/1_plo_28-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE NATÉRCIA - MG, PARA O EXERCÍCIO DE 2018."</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/598/1_plo_29-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/598/1_plo_29-2018.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/611/1_plo_30-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/611/1_plo_30-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL DE SUBSÍDIOS AOS AGENTES POLÍTICOS MUNICIPAIS DO LEGISLATIVO E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/612/1_plo_31-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/612/1_plo_31-2018.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE NATÉRCIA."</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/607/1_plo_32-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/607/1_plo_32-2018.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/486/486_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O LEGISLATIVO MUNICIPAL HOMENAGEAR COM AQUISIÇÃO E ENVIO DE COROA DE FLORES: AUTORIDADES, CIDADÃOS HONORÁRIOS OU PESSOA DE NOTABILIDADE NO MUNICÍPIO."</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO REFERENTE AO ANO DE 2015, DO MUNICÍPIO DE NATÉRCIA - MG."</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE FILIAÇÃO À AVEMAG &amp;#8211; ASSOCIAÇÃO DOS VEREADORES E CÂMARAS MUNICIPAIS DO SUL DE MINAS GERAIS."</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/604/projeto_de_resolucao_04-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/604/projeto_de_resolucao_04-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO REFERENTE AO ANO DE 2016, DO MUNICÍPIO DE NATÉRCIA - MG."</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>Presidente e Presidentes das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_resolucao_05-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_resolucao_05-2018.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA RESOLUÇÃO 258/2006 QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE NATÉRCIA E ESTABELECE OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO AO EXMO. SENHOR PREFEITO MUNICIPAL A SUBSTITUIÇÃO DO MÉDICO DO PROGRAMA MAIS MÉDICO, ATUANTE NO MUNICÍPIO DESDE 18 DE OUTUBRO DE 2017."</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, José Messias Jonas, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO AO EXMO. SENHOR PREFEITO MUNICIPAL OS ESCLARECIMENTOS RELATADOS PELA FUNCIONÁRIA PÚBLICA CELINA DE FÁTIMA DE VILAS BÔAS, PORTADORA DO CPF Nº 720.980.316-53 E RG Nº M - 7.306.796, DURANTE O USO DA TRIBUNA NESTA VIGÉSIMA OITAVA REUNIÃO ORDINÁRIA, EM ANEXO."</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO AO EXMO. SENHOR PREFEITO MUNICIPAL OS ESCLARECIMENTOS RELATADOS PELA FUNCIONÁRIA PÚBLICA IVONE DE ARAÚJO, DURANTE O USO DA TRIBUNA NESTA VIGÉSIMA OITAVA REUNIÃO ORDINÁRIA, EM ANEXO."</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza, José Messias Jonas, Leonardo Barreto da Silva, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO AO EXMO. SENHOR PREFEITO MUNICIPAL QUE SEJA REALIZADO O MAIS RÁPIDO POSSÍVEL UM LEVANTAMENTO CONTENDO EM MAPA NÚMERO QUE IDENTIFIQUE OS TÚMULOS DO CEMITÉRIO MUNICIPAL."</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, José Messias Jonas, Leonardo Barreto da Silva, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO AO EXMO. SENHOR PREFEITO MUNICIPAL QUE SEJA REALIZADO NO PROJETO DE ORÇAMENTO ANUAL UM POSSÍVEL REAJUSTE NO TERMO DE COLABORAÇÃO COM ORGANIZAÇÕES DA SOCIEDADE CIVIL (ASILO E APAE), NOS TERMOS DO ART. 31 DA LEI FEDERAL Nº 13.019/14 E NA LEI 1346/2018 QUE "AUTORIZA A PREFEITURA MUNICIPAL A CONCEDER CESTAS BÁSICAS EM PECÚNIA NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_06-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_06-2018.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO AO EXMO. SENHOR PREFEITO MUNICIPAL INFORMAÇÕES REFERENTES AO CALÇAMENTO DA RUA JOSÉ ADEMIR DA SILVA."</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>Saulo Régis de Vilas Bôas, Alessandra Caetano de Siqueira, Antonio Carlos de Souza, José Messias Jonas, Leonardo Barreto da Silva, Odair Claudinei da Silva, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_07-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_07-2018.pdf</t>
   </si>
   <si>
     <t>"REQUER ESCLARECIMENTOS SOBRE O CONTRATO DE PRESTAÇÃO DE SERVIÇOS REFERENTE AO CALÇAMENTO DA RUA CORONEL JOAQUIM TORQUATO, VISTO QUE O CALÇAMENTO JÁ ESTÁ TODO DANIFICADO."</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/603/requerimento_08-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/603/requerimento_08-2018.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA SOLICITADO JUNTO AO EXECUTIVO MUNICIPAL A PLANILHA DE ABASTECIMENTO DA FROTA MUNICIPAL COM OS DADOS DE KM, PLACA DO VEÍCULO, DE MAIO ATÉ O PRESENTE MOMENTO."</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_09-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_09-2018.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE O EXECUTIVO MUNICIPAL CUMPRA O ARTIGO 106 DA LEI ORGÂNICA MUNICIPAL."</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>Leonardo Barreto da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/613/recebido_109-2018.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/613/recebido_109-2018.pdf</t>
   </si>
   <si>
     <t>Requerimento de registro de chapa para a mesa de 2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1878,68 +1878,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/596/15a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/601/16a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/592/37a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/593/38a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/599/39a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/600/40a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/605/41a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/608/42a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/609/43a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_52-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_53-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_54-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_55-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/481/1_plo_1-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/482/1_plo_2-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/483/1_plo_3-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/484/1_plo_4-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/485/1_plo_5-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/487/1_plo_6-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/491/1_plo_7-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/493/1_plo_8-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/494/1_plo_9-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/518/1_plo_10-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/519/1_plo_11-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/530/1_plo_12-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/532/1_plo_13-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/533/1_plo_14-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/535/1_plo_15-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/536/1_plo_16-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/549/1_plo_17-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/563/1_plo_18-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/564/1_plo_19-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/565/1_plo_20-2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/569/1_plo_21-2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/580/1_plo_22-2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/587/1_plo_23-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/588/1_plo_24-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/589/1_plo_25-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/590/1_plo_26-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/591/1_plo_27-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/597/1_plo_28-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/598/1_plo_29-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/611/1_plo_30-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/612/1_plo_31-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/607/1_plo_32-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/604/projeto_de_resolucao_04-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_resolucao_05-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_06-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_07-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/603/requerimento_08-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_09-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/613/recebido_109-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/596/15a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/601/16a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/592/37a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/593/38a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/599/39a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/600/40a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/605/41a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/608/42a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/609/43a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/602/indicacao_52-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/614/indicacao_53-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/615/indicacao_54-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/616/indicacao_55-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/481/1_plo_1-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/482/1_plo_2-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/483/1_plo_3-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/484/1_plo_4-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/485/1_plo_5-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/487/1_plo_6-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/491/1_plo_7-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/493/1_plo_8-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/494/1_plo_9-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/518/1_plo_10-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/519/1_plo_11-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/530/1_plo_12-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/532/1_plo_13-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/533/1_plo_14-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/535/1_plo_15-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/536/1_plo_16-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/549/1_plo_17-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/563/1_plo_18-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/564/1_plo_19-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/565/1_plo_20-2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/569/1_plo_21-2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/580/1_plo_22-2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/587/1_plo_23-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/588/1_plo_24-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/589/1_plo_25-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/590/1_plo_26-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/591/1_plo_27-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/597/1_plo_28-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/598/1_plo_29-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/611/1_plo_30-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/612/1_plo_31-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/607/1_plo_32-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/604/projeto_de_resolucao_04-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_resolucao_05-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/594/requerimento_06-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/595/requerimento_07-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/603/requerimento_08-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_09-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2018/613/recebido_109-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="201.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>