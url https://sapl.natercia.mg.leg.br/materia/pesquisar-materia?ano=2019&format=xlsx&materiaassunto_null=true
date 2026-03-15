--- v0 (2025-11-28)
+++ v1 (2026-03-15)
@@ -51,1614 +51,1614 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ATA E</t>
   </si>
   <si>
     <t>Ata - Reunião Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/625/18a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/625/18a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Décima Oitava Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/626/19a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/626/19a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Décima Nona Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/632/20a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/632/20a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/674/21a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/674/21a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Primeira Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/675/22a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/675/22a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Segunda Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/713/23a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/713/23a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Terceira Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/715/24a_reuniao_extraordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/715/24a_reuniao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Quarta Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/756/25a_reuniao_extraordinaria_tOnjgkf.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/756/25a_reuniao_extraordinaria_tOnjgkf.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Quinta Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/758/26a_reuniao_extraordinaria_mk3DkiR.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/758/26a_reuniao_extraordinaria_mk3DkiR.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Sexta Reunião Extraordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>ATA O</t>
   </si>
   <si>
     <t>Ata - Reunião Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/645/44a_reuniao_ordinaria_5Kb469x.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/645/44a_reuniao_ordinaria_5Kb469x.pdf</t>
   </si>
   <si>
     <t>Ata da Quadragésima Quarta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/649/45a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/649/45a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quadragésima Quinta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/655/46a_reuniao_ordinaria_dPjsbzU.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/655/46a_reuniao_ordinaria_dPjsbzU.pdf</t>
   </si>
   <si>
     <t>Ata da Quadragésima Sexta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/658/47a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/658/47a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quadragésima Sétima Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/676/48a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/676/48a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quadragésima Oitava Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/677/49a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/677/49a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quadragésima Nona Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/684/50a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/684/50a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/687/51a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/687/51a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Primeira Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/689/52a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/689/52a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Segunda Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/690/53a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/690/53a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Terceira Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/693/54a_reuniao_ordinaria_PH0NEvk.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/693/54a_reuniao_ordinaria_PH0NEvk.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Quarta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/695/55a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/695/55a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Quinta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/697/56a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/697/56a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Sexta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/708/57a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/708/57a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Sétima Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/709/58a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/709/58a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Oitava Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/712/59a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/712/59a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Quinquagésima Nona Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/725/60a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/725/60a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Sexagésima Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/726/61a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/726/61a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Sexagésima Primeira Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/755/62a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/755/62a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Sexagésima Segunda Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/757/63a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/757/63a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Sexagésima Terceira Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/760/64a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/760/64a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Sexagésima Quarta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/771/65a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/771/65a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata da Sexagésima Quinta Reunião Ordinária da Câmara Municipal de Natércia da 22ª Legislatura.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/629/indicacao_01-2019_LPAHDSz.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/629/indicacao_01-2019_LPAHDSz.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade do município sediar o "18° CAMPEONATO GLADIADORES MARCIAIS".</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>José Messias Jonas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/630/indicacao_02-2019_FOB8kFi.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/630/indicacao_02-2019_FOB8kFi.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que se comece um trabalho de consciência e divulgação a cerca da coleta seletiva para que se faça cumprir o art. 36 da Lei Complementar 38/2018 que "Consolida as leis de posturas em âmbito municipal e dá outras providências".</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_03-2019_cisglmJ.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_03-2019_cisglmJ.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que se faça cumprir o Capítulo II - Da Limpeza Pública da Lei Complementar 38/2018 que "Consolida as leis de posturas em âmbito municipal e dá outras providências".</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/633/indicacao_04-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/633/indicacao_04-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista novamente a possibilidade da revisão do Plano de Cargos e Salários dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Antônio Noel de Souza, Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/634/indicacao_05-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/634/indicacao_05-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar postes de eucalipto com redes fixadas nestes ao redor do campinho, próximo a pista de caminhada, ou pelo menos atrás do gol.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Saulo Régis de Vilas Bôas</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/635/indicacao_06-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/635/indicacao_06-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de construir uma rampa de acesso no Centro de Fisioterapia Municipal.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/636/indicacao_07-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/636/indicacao_07-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de consertar a calçada em frente a APAE.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/637/indicacao_08-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/637/indicacao_08-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de cascalhar a estrada do bairro São Bernardo e alguns pontos do morro que dá acesso a casa do senhor José Abraão.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/638/indicacao_09-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/638/indicacao_09-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de providenciar um uniforme para a turma do barracão.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/639/indicacao_10-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/639/indicacao_10-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de pintar o ônibus VW Ciferal KMF 6522 e colocar letreiro Secretaria de Esportes para que este fique à disposição desta.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/640/indicacao_11-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/640/indicacao_11-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que se tome providências urgentes quanto a lama que desce com as chuvas na rua do asilo e da fábrica de costura.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/641/indicacao_12-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/641/indicacao_12-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que se tome providências no que se refere as placas de PROIBIDO ESTACIONAR (6:30h às 18h de segunda à sexta) em frente à Escola Municipal Coronel Goulart.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Antônio Noel de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/646/indicacao_13-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/646/indicacao_13-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que tome providências de roçar as margens das estradas municipais bem como realizar a limpeza das saídas de água das mesmas.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/647/indicacao_14-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/647/indicacao_14-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja visto a possibilidade de colocar redutor de velocidade no Bairro do Atirado, em frente ao campo de futebol.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/650/indicacao_15-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/650/indicacao_15-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de adquirir novos brinquedos ou reformar os brinquedos do Parquinho Municipal.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>José Messias Jonas, Leonardo Barreto da Silva , Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/651/indicacao_16-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/651/indicacao_16-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade urgente de consertar a estrada do Bairro do Fagundes.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Antonio Carlos de Souza</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/652/indicacao_17-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/652/indicacao_17-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja enviada uma retroescavadeira, ao Bairro do Fagundes, para executar os seguintes serviços: fazer uma operação tapa-buracos, em alguns pontos críticos da estrada principal; fazer um aterro em uma ponte de manilha, que foi danificada com a enchente, na qual não está permitindo o tráfego de veículos; fazer a raspagem do barro, que está acumulado, em frente ao tanque de leite da comunidade.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t xml:space="preserve">Leonardo Barreto da Silva </t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/653/indicacao_18-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/653/indicacao_18-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a manutenção da rua Virgílio Caetano.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/657/indicacao_19-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/657/indicacao_19-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar placas indicando o nome das ruas no Bairro da Chapada, conhecido como Brejo.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/659/20-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/659/20-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de doar um lote de terreno para a senhora Maria de Lourdes dos Santos.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/660/21-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/660/21-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de construir uma guarita nas proximidades da Fazenda Santa Catarina e outra próximo a academia ao ar livre no Bairro da Cachoeirinha.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/665/22-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/665/22-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja tomada providências urgentes no conserto da ponte construída pela Prefeitura Municipal no Bairro da Vargem Comprida que dá acesso as propriedades dos senhores: José Clesio, José Raimundo Fernandes, Francisca Aparecida de Almeida, Paulo Cândido, Joaquim Sibio, Antônio Egino, Luiz Antônio de Almeida.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>Antônio Noel de Souza, José Messias Jonas, Saulo Régis de Vilas Bôas, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/666/23-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/666/23-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam tomadas providências urgentes no conserto do paredão da beira do rio que cerca a piscina municipal próximo à entrada da mesma.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>Odair Claudinei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/667/24-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/667/24-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam pintadas as faixas de estacionamento no chão da Praça Justino Lisboa Carneiro.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/668/25-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/668/25-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam tomadas providências para instalação do alambrado atrás dos gols do Campo Municipal e também que seja feita a manutenção do mesmo.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/669/26-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/669/26-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de instalar um mata burro nas terras do senhor Pedro Evaristo no Bairro dos Fagundes.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/670/27-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/670/27-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar o trator new holland azul pequeno.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/671/28-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/671/28-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar a estrada que dá acesso ao Bairro dos Fagundes principalmente nas proximidades da casa do senhor Manoel Luiz.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/672/29-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/672/29-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de consertar a passagem de água do córrego da estrada que dá acesso as propriedades da família do senhor José Leriano.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/673/30-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/673/30-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja desentupido o bueiro do bairro São Bernardo nas proximidades da casa do senhor Rogério Alves da Silva.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/678/31-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/678/31-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizado o conserto da rua Pedro Eufrásio Neto.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/679/32-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/679/32-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada a limpeza do mata-burro na divisa das propriedades dos senhores José Cardoso e Anésio Martins.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/680/33-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/680/33-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada o conserto das ruas do bairro Santa Catarina, em especial a rua José Teodoro dos Reis.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_34-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_34-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que sejam tomadas providências no sentido de regularizar o horário da placa de estacionamento escolar na Praça Prefeito Antônio Virgílio da Silva.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/686/35-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/686/35-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja colocado o corrimão no escadão na rua próximo ao hospital municipal.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/692/36-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/692/36-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar mais um braço no poste ou mudar a posição do braço existente no poste da esquina da rua São Pedro com a rua Vereador Donizetti Fernandes dos Reis.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/694/37-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/694/37-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar um quebra mola na estrada do Bairro da Varginha próximo à casa do senhor Luiz do Zé do Madô.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/706/38-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/706/38-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar um redutor de velocidade na rua Cristiano Caetano nas proximidades da esquina com a rua João Severino de Paiva.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/707/39-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/707/39-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de pegar as manilhas que se encontram no terreno do senhor Antônio Ozório no Bairro da Varginha e colocar na estrada que liga no Bairro do Pinhalzinho ao Bairro do Capinzal do lado de cima da casa do senhor Ivo do Pedro Leandro.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/714/40-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/714/40-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada a manutenção das estradas principal e vicinais do bairro São Bernardo.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/717/41-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/717/41-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada a manutenção urgente da rua Sebastião Tomás de Souza.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/718/42-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/718/42-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada a manutenção da rua Daniel da Silva Bernardes.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/733/43-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/733/43-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja realizada a limpeza das ruas situadas em frente e a baixo da estação de tratamento da COPASA.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>Parlamentares</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_44-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_44-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar um braço com lâmpada no poste da rua João Raimundo de Freitas.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_45.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar um bebedouro no Clube Recreativo de Natércia.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_46_h4lf3yk.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_46_h4lf3yk.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que sejam notificados os donos dos lotes da rua José de Souza Campos, em frente a creche municipal.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_47.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de colocar um poste na rua Sebastião Gonçalves dos Reis.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/764/indicacao_48.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/764/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de um estudo para recolher o lixo reciclável durante dois dias por semana.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_49.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de um estudo para redução de velocidade dos veículos que trafegam na rua José de Souza Campos, entre o quebra mola da Creche Municipal e a depressão em frente à loja Alice Modas.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_50.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de fazer a manutenção urgente de pelo menos alguns trechos na estrada que dá acesso à casa do senhor José Abrão, senhor Fernando entre outros.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_51.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de construção e sinalização das laterais da ponte da estrada que dá acesso ao bairro São Bernardo.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_52.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de nomear um responsável para realizar a limpeza do Parquinho Municipal.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_53.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de realizar a sinalização do lado de dentro do Clube Recreativo próximo a porta de deficiente.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_54.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_54.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal que seja vista a possibilidade de arrumar a manilha da estrada do bairro do Pinhalzinho dos Fagundes próximo à casa do senhor Inho Américo.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_de_lei_complementar_01-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_de_lei_complementar_01-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as normas para parcelamento de débitos fiscais lançados em dívida ativa pela Fazenda Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_de_lei_complementar_02-2019_bDbCdJA.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_de_lei_complementar_02-2019_bDbCdJA.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Planta Genérica de Valores - PGV do Município e dá outras providências."</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_complemantar_03.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_complemantar_03.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revogação das Taxas de Serviços Públicos constantes no Código Tributário Municipal, instituído pela Lei Complementar n° 09, de 04 de dezembro de 2008, e dá outras providências."</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/716/plc_04.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/716/plc_04.pdf</t>
   </si>
   <si>
     <t>"Cria vaga no cargo especificado e dá outras providências."</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/728/plc_05.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/728/plc_05.pdf</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/743/plc_06.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/743/plc_06.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano de Cargos, Carreiras, Vencimentos e remuneração dos Profissionais do Magistério da Educação Básica da Prefeitura Municipal de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/744/plc_07.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/744/plc_07.pdf</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/617/1_plo_1-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/617/1_plo_1-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza parcelamento para ressarcimento aos cofres municipais e dá outras providências."</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/618/1_plo_2-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/618/1_plo_2-2019.pdf</t>
   </si>
   <si>
     <t>"Acrescenta parágrafos ao artigo 12° da Lei Municipal 1233/2014."</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/619/1_plo_3-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/619/1_plo_3-2019.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual da remuneração dos servidores públicos efetivos, inativos, pensionistas, comissionados, contratados por tempo determinado e dá outras providências."</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/620/1_plo_4-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/620/1_plo_4-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de revisão geral anual de subsídios aos agentes políticos municipais e estabelece outras providências."</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/621/1_plo_5-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/621/1_plo_5-2019.pdf</t>
   </si>
   <si>
     <t>"Concede aumento real da remuneração dos servidores públicos efetivos, inativos, pensionistas, comissionados, contratados por tempo determinado e dá outras providências."</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/622/1_plo_6-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/622/1_plo_6-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a efetuar a abertura de crédito adicional suplementar no Orçamento do Município de Natércia - MG, para o exercício de 2019."</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/623/1_plo_7-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/623/1_plo_7-2019.pdf</t>
   </si>
   <si>
     <t>"Fixa o valor dos vencimentos dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias equivalente ao piso nacional fixado pela Lei Federal nº 13.708/2018 e dá outras providências."</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/627/1_plo_08-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/627/1_plo_08-2019.pdf</t>
   </si>
   <si>
     <t>"Concede aumento real no salário básico mensal dos cargos em comissão dos servidores públicos do quadro de pessoal da Câmara Municipal de Natércia."</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/643/1_plo_1-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/643/1_plo_1-2019.pdf</t>
   </si>
   <si>
     <t>“Institui o programa "Adote um Equipamento Público" no Município de Natércia e dá outras providências.”</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/656/1_plo_10-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/656/1_plo_10-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para a participação do município de Natércia no consórcio público denominado Associação dos Municípios da Microrregião do Médio Sapucaí - AMESP."</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/662/1_plo_11-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/662/1_plo_11-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020 e dá outras providências."</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/663/1_plo_12-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/663/1_plo_12-2019.pdf</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/688/1_plo_13-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/688/1_plo_13-2019.pdf</t>
   </si>
   <si>
     <t>"Cria gratificação especial de final de semana e feriado, e dá outras providências."</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/699/plo_14.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/699/plo_14.pdf</t>
   </si>
   <si>
     <t>"Autoriza a adequação de valores, programas e ações do PPA 2018/2021 para elaboração da Lei Orçamentária 2020."</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/700/1_plo_15-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/700/1_plo_15-2019.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n.° 1.382/2019, de 05 de Julho de 2019 que dispõe sobre as diretrizes para elaboração da proposta orçamentária para o exercício financeiro de 2020 e dá outras providências."</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/701/1_plo_16-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/701/1_plo_16-2019.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do Município de Natércia-MG, para o exercício financeiro de 2020."</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/702/1_plo_17-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/702/1_plo_17-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências."</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/705/1_plo_18-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/705/1_plo_18-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza regularização de projeto urbanístico do Conjunto Habitacional Luiz Lopes Fernandes I e II e dá outras providências."</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/703/1_plo_19-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/703/1_plo_19-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a efetuar a abertura de Crédito Adicional Suplementar no Orçamento do Município de Natércia - MG, para o exercício de 2019."</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/704/1_plo_20-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/704/1_plo_20-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no Orçamento do Município de Natércia - MG, para o exercício de 2019."</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/710/1_plo_21-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/710/1_plo_21-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município a não ajuizar execuções fiscais de débitos de pequeno valor, cancelar e extinguir débitos alcançados pela prescrição, firmar acordo em processos administrativos e judiciais, e dá outras providências."</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/711/1_plo_22-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/711/1_plo_22-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para a abertura de Crédito Adicional na LOA 2019, Lei n° 01368/18 e dá outras providências."</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/719/1_plo_23-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/719/1_plo_23-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a firmar parcerias com Organizações da Sociedade Civil que especifica, nos termos da Lei Federal n° 13.019/14, e dá outras providências."</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/720/1_plo_24-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/720/1_plo_24-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a implantação e organização do Conselho Escolar das Escolas Municipais de Natércia e dá outras providências."</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/721/1_plo_25-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/721/1_plo_25-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre regime de concessão de adiantamento de despesas aos servidores públicos com a função de motoristas e determina outras providências."</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/722/1_plo_26-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/722/1_plo_26-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o regime de reembolso de despesas com alimentação a servidores públicos e determina outras providências."</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/723/1_plo_27-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/723/1_plo_27-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o regime de concessão de diárias à servidores públicos e agentes políticos do Poder Executivo Municipal e determina outras providências."</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/724/1_plo_29-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/724/1_plo_29-2019.pdf</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/729/1_plo_29-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/729/1_plo_29-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Prefeitura Municipal a conceder Cestas Básicas em Pecúnia na forma que especifica e dá outras providências."</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/730/1_plo_30-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/730/1_plo_30-2019.pdf</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/731/1_plo_31-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/731/1_plo_31-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a doar bem móvel para entidade que especifica e dá outras providências."</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/732/1_plo_32-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/732/1_plo_32-2019.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/734/1_plo_33-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/734/1_plo_33-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de revisão geral anual de subsídios aos Agentes Políticos Municipais do Legislativo e estabelece outras providências."</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/735/1_plo_34-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/735/1_plo_34-2019.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual da remuneração dos servidores públicos do quadro de pessoal da Câmara Municipal de Natércia."</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/736/1_plo_35-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/736/1_plo_35-2019.pdf</t>
   </si>
   <si>
     <t>"Altera art. 3º da Lei Municipal 1222/2014 que "Institui e autoriza a Câmara Municipal de Natércia a conceder auxílio alimentação em pecúnia na forma que especifica aos servidores da Câmara Municipal e dá outras providências"."</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/737/1_plo_36-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/737/1_plo_36-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a doar área desafetada e dá outras providências."</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/738/1_plo_37-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/738/1_plo_37-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a efetuar a abertura de Crédito Adicional Suplementar no Orçamento do Município de Natércia - MG, para o exercício de 2020."</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/739/1_plo_38-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/739/1_plo_38-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a efetuar abertura de Crédito Adicional Especial no Orçamento do Município de Natércia - MG, para o exercício de 2020."</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/740/1_plo_39-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/740/1_plo_39-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito FINISA com a CAIXA ECONÔMICA FEDERAL, e dá outras providências."</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/745/1_plo_40-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/745/1_plo_40-2019.pdf</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/747/1_plo_41-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/747/1_plo_41-2019.pdf</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/746/1_plo_42-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/746/1_plo_42-2019.pdf</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/748/1_plo_43-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/748/1_plo_43-2019.pdf</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/749/1_plo_44-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/749/1_plo_44-2019.pdf</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/750/1_plo_45-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/750/1_plo_45-2019.pdf</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/751/1_plo_46-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/751/1_plo_46-2019.pdf</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/628/projeto_de_resolucao_01-2019_pEKtArr.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/628/projeto_de_resolucao_01-2019_pEKtArr.pdf</t>
   </si>
   <si>
     <t>"Autoriza a transferência de bens patrimoniais da Câmara Municipal de Natércia - MG para o patrimônio da Prefeitura Municipal de Natércia - MG e dá outras providências."</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_01-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_01-2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado ao Exmo. Senhor Prefeito Municipal esclarecimentos sobre como está sendo realizado o transporte de alunos da Zona Urbana.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>Alessandra Caetano de Siqueira, Antonio Carlos de Souza, Antônio Noel de Souza, José Messias Jonas, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale, Vera Lúcia Junho dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_02-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_02-2019.pdf</t>
   </si>
   <si>
     <t>Requer, que seja elaborada, na forma do art. 135 do mesmo diploma legislativo, representação por denúncia apresentada no Plenário.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>José Messias Jonas, Leonardo Barreto da Silva, Odair Claudinei da Silva, Saulo Régis de Vilas Bôas, Silviano Reis do Vale</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_03-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_03-2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado junto a Secretaria de Saúde esclarecimentos sobre a sala de Raio-X.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/682/requerimento_04-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/682/requerimento_04-2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado junto ao Executivo Municipal as informações que seguem sobre o conserto da sarjeta e da Rua José de Souza Campos em frente a creche municipal: a) De quem partiu a autorização para realizar o conserto? b) Quem orientou e fiscalizou o conserto?</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/683/requerimento_05-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/683/requerimento_05-2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado junto ao Executivo Municipal informações sobre o calçamento do fim da Rua Coronel Paiva e início da Rua José de Souza Campos (morro das pedras) visto que o mesmo faz pouco tempo que foi realizado e já apresenta pedras soltas.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>ALTPL</t>
   </si>
   <si>
     <t>Alteração do Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_lei_16-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_lei_16-2019.pdf</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/742/projeto_de_lei_17-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/742/projeto_de_lei_17-2019.pdf</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_19-2019.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_19-2019.pdf</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>ALPLC</t>
   </si>
   <si>
     <t>Alteração do Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/759/alteracao_plc_06.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/759/alteracao_plc_06.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1962,68 +1962,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/625/18a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/626/19a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/632/20a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/674/21a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/675/22a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/713/23a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/715/24a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/756/25a_reuniao_extraordinaria_tOnjgkf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/758/26a_reuniao_extraordinaria_mk3DkiR.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/645/44a_reuniao_ordinaria_5Kb469x.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/649/45a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/655/46a_reuniao_ordinaria_dPjsbzU.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/658/47a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/676/48a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/677/49a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/684/50a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/687/51a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/689/52a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/690/53a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/693/54a_reuniao_ordinaria_PH0NEvk.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/695/55a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/697/56a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/708/57a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/709/58a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/712/59a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/725/60a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/726/61a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/755/62a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/757/63a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/760/64a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/771/65a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/629/indicacao_01-2019_LPAHDSz.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/630/indicacao_02-2019_FOB8kFi.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_03-2019_cisglmJ.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/633/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/634/indicacao_05-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/635/indicacao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/636/indicacao_07-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/637/indicacao_08-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/638/indicacao_09-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/639/indicacao_10-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/640/indicacao_11-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/641/indicacao_12-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/646/indicacao_13-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/647/indicacao_14-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/650/indicacao_15-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/651/indicacao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/652/indicacao_17-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/653/indicacao_18-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/657/indicacao_19-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/659/20-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/660/21-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/665/22-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/666/23-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/667/24-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/668/25-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/669/26-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/670/27-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/671/28-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/672/29-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/673/30-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/678/31-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/679/32-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/680/33-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_34-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/686/35-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/692/36-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/694/37-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/706/38-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/707/39-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/714/40-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/717/41-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/718/42-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/733/43-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_44-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_46_h4lf3yk.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/764/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_de_lei_complementar_01-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_de_lei_complementar_02-2019_bDbCdJA.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_complemantar_03.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/716/plc_04.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/728/plc_05.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/743/plc_06.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/744/plc_07.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/617/1_plo_1-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/618/1_plo_2-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/619/1_plo_3-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/620/1_plo_4-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/621/1_plo_5-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/622/1_plo_6-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/623/1_plo_7-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/627/1_plo_08-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/643/1_plo_1-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/656/1_plo_10-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/662/1_plo_11-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/663/1_plo_12-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/688/1_plo_13-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/699/plo_14.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/700/1_plo_15-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/701/1_plo_16-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/702/1_plo_17-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/705/1_plo_18-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/703/1_plo_19-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/704/1_plo_20-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/710/1_plo_21-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/711/1_plo_22-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/719/1_plo_23-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/720/1_plo_24-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/721/1_plo_25-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/722/1_plo_26-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/723/1_plo_27-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/724/1_plo_29-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/729/1_plo_29-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/730/1_plo_30-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/731/1_plo_31-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/732/1_plo_32-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/734/1_plo_33-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/735/1_plo_34-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/736/1_plo_35-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/737/1_plo_36-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/738/1_plo_37-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/739/1_plo_38-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/740/1_plo_39-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/745/1_plo_40-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/747/1_plo_41-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/746/1_plo_42-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/748/1_plo_43-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/749/1_plo_44-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/750/1_plo_45-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/751/1_plo_46-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/628/projeto_de_resolucao_01-2019_pEKtArr.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_01-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_02-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_03-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/682/requerimento_04-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/683/requerimento_05-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_lei_16-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/742/projeto_de_lei_17-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_19-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/759/alteracao_plc_06.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/625/18a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/626/19a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/632/20a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/674/21a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/675/22a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/713/23a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/715/24a_reuniao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/756/25a_reuniao_extraordinaria_tOnjgkf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/758/26a_reuniao_extraordinaria_mk3DkiR.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/645/44a_reuniao_ordinaria_5Kb469x.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/649/45a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/655/46a_reuniao_ordinaria_dPjsbzU.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/658/47a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/676/48a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/677/49a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/684/50a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/687/51a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/689/52a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/690/53a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/693/54a_reuniao_ordinaria_PH0NEvk.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/695/55a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/697/56a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/708/57a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/709/58a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/712/59a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/725/60a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/726/61a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/755/62a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/757/63a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/760/64a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/771/65a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/629/indicacao_01-2019_LPAHDSz.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/630/indicacao_02-2019_FOB8kFi.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_03-2019_cisglmJ.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/633/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/634/indicacao_05-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/635/indicacao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/636/indicacao_07-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/637/indicacao_08-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/638/indicacao_09-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/639/indicacao_10-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/640/indicacao_11-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/641/indicacao_12-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/646/indicacao_13-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/647/indicacao_14-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/650/indicacao_15-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/651/indicacao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/652/indicacao_17-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/653/indicacao_18-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/657/indicacao_19-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/659/20-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/660/21-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/665/22-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/666/23-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/667/24-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/668/25-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/669/26-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/670/27-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/671/28-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/672/29-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/673/30-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/678/31-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/679/32-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/680/33-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_34-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/686/35-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/692/36-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/694/37-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/706/38-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/707/39-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/714/40-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/717/41-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/718/42-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/733/43-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_44-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/761/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/762/indicacao_46_h4lf3yk.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/763/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/764/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/765/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/767/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/770/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_de_lei_complementar_01-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_de_lei_complementar_02-2019_bDbCdJA.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_complemantar_03.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/716/plc_04.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/728/plc_05.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/743/plc_06.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/744/plc_07.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/617/1_plo_1-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/618/1_plo_2-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/619/1_plo_3-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/620/1_plo_4-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/621/1_plo_5-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/622/1_plo_6-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/623/1_plo_7-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/627/1_plo_08-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/643/1_plo_1-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/656/1_plo_10-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/662/1_plo_11-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/663/1_plo_12-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/688/1_plo_13-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/699/plo_14.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/700/1_plo_15-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/701/1_plo_16-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/702/1_plo_17-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/705/1_plo_18-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/703/1_plo_19-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/704/1_plo_20-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/710/1_plo_21-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/711/1_plo_22-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/719/1_plo_23-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/720/1_plo_24-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/721/1_plo_25-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/722/1_plo_26-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/723/1_plo_27-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/724/1_plo_29-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/729/1_plo_29-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/730/1_plo_30-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/731/1_plo_31-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/732/1_plo_32-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/734/1_plo_33-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/735/1_plo_34-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/736/1_plo_35-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/737/1_plo_36-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/738/1_plo_37-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/739/1_plo_38-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/740/1_plo_39-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/745/1_plo_40-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/747/1_plo_41-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/746/1_plo_42-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/748/1_plo_43-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/749/1_plo_44-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/750/1_plo_45-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/751/1_plo_46-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/628/projeto_de_resolucao_01-2019_pEKtArr.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/644/requerimento_01-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/648/requerimento_02-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_03-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/682/requerimento_04-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/683/requerimento_05-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_lei_16-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/742/projeto_de_lei_17-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_19-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2019/759/alteracao_plc_06.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="201.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>