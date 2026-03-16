--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -10,173 +10,308 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="86">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ATA E</t>
   </si>
   <si>
     <t>Ata - Reunião Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/</t>
+    <t>http://sapl.natercia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Ata da Décima Segunda Reunião Extraordinária da Câmara Municipal de Natércia da 24ª Legislatura.</t>
   </si>
   <si>
+    <t>2524</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Ata da Décima Terceira Reunião Extraordinária da Câmara Municipal de Natércia da 24ª Legislatura.</t>
+  </si>
+  <si>
+    <t>2530</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>ATA O</t>
+  </si>
+  <si>
+    <t>Ata - Reunião Ordinária</t>
+  </si>
+  <si>
+    <t>Ata da Vigésima Terceira Reunião Ordinária da Câmara Municipal de Natércia da 24ª Legislatura.</t>
+  </si>
+  <si>
+    <t>2531</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Ata da Vigésima Quarta Reunião Ordinária da Câmara Municipal de Natércia da 24ª Legislatura.</t>
+  </si>
+  <si>
+    <t>2528</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Geovana Maria Teixeira dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2528/ind_1-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Sr. Prefeito Municipal a realização de estudos técnicos e adoção de providências para implantação de um portal, letreiro ou elemento de identidade visual na entrada da cidade de Natércia e na saída da Chapada, importante via de circulação e acesso à zona rural e municípios vizinhos."</t>
+  </si>
+  <si>
+    <t>2529</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2529/ind_2-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Sr. Prefeito Municipal a elaboração de projeto técnico visando à requalificação completa do parquinho infantil existente, com ampliação estrutural e implantação de espaço sensorial inclusivo, transformando-o em um ambiente moderno, seguro e acessível a todas as crianças."</t>
+  </si>
+  <si>
+    <t>2532</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Wilson Valério Bernardes Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2532/ind_3-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Sr. Prefeito Municipal que seja avaliada a possibilidade de encaminhar a esta Casa Legislativa Projeto de Lei alterando o Art. 9° da Lei Municipal n° 1.483, de 20 de abril de 2022, que "Autoriza a criação do Programa Auxílio Esportivo do Município de Natércia (MG) e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2533</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2533/moc_1-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Elogio.</t>
+  </si>
+  <si>
     <t>2522</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2522/plc_1-2026.pdf</t>
+  </si>
+  <si>
     <t>"Autoriza conceder aumento real de salário aos servidores públicos do quadro de pessoal da Câmara Municipal de Natércia."</t>
   </si>
   <si>
+    <t>2525</t>
+  </si>
+  <si>
+    <t>Gabriel Tiago de Vilas Boas</t>
+  </si>
+  <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2525/plc_2-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Pagamento do Piso Nacional ao Magistério Municipal de Natércia (MG) e dá outras providências."</t>
+  </si>
+  <si>
     <t>2517</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2517/plo_1-2026.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2517/plo_1-2026.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Conceder Reajuste Salarial aos Servidores Públicos do Município de Natércia (MG) e Dá Outras Providencias."</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2518/plo_2-2026.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2518/plo_2-2026.pdf</t>
   </si>
   <si>
     <t>"Fixa o salário base do cargo de Agente Comunitário De Saúde e Agente de Combate às Endemias do Município de Natércia (MG) e dá outras providências."</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2520/plo_3-2026.pdf</t>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2520/plo_3-2026.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no Orçamento do Município de Natércia-MG, para o exercício de 2026."</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2519/plo_4-2026.pdf</t>
+  </si>
+  <si>
     <t>"Dispõe sobre a concessão de revisão geral anual do subsídios aos Agentes Políticos Municipais do Executivo e do Legislativo e estabelece outras providências."</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2521/plo_5-2026.pdf</t>
+  </si>
+  <si>
     <t>"Concede revisão geral anual da remuneração dos servidores públicos do quadro de pessoal da Câmara Municipal de Natércia."</t>
+  </si>
+  <si>
+    <t>2526</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Cristiano Antônio Caetano Junho</t>
+  </si>
+  <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2526/req_1-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de envio sobre informações detalhadas acerca dos gastos realizados para a execução da quadra de areia no Bairro da Chapada no Município.</t>
+  </si>
+  <si>
+    <t>2527</t>
+  </si>
+  <si>
+    <t>http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2527/req_2-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de envio sobre informações e esclarecimentos acerca das políticas públicas adotadas pelo Município de Natércia no âmbito da segurança alimentar e nutricional, especialmente no que se refere ao fortalecimento da agricultura familiar e da produção local.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -480,68 +615,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2517/plo_1-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2518/plo_2-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2520/plo_3-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natercia.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2528/ind_1-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2529/ind_2-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2532/ind_3-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2533/moc_1-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2522/plc_1-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2525/plc_2-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2517/plo_1-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2518/plo_2-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2520/plo_3-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2519/plo_4-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2521/plo_5-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2526/req_1-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natercia.mg.leg.br/media/sapl/public/materialegislativa/2026/2527/req_2-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="31.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="85.7109375" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="142.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -560,204 +695,465 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
-[...5 lines deleted...]
-      <c r="D4" t="s">
+      <c r="G4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" t="s">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...13 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
         <v>39</v>
       </c>
-      <c r="D8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>40</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>58</v>
+      </c>
+      <c r="E13" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>58</v>
+      </c>
+      <c r="E15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>58</v>
+      </c>
+      <c r="E16" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" t="s">
+        <v>78</v>
+      </c>
+      <c r="E18" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" t="s">
+        <v>30</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H18" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>